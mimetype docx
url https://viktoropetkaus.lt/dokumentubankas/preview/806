--- v0 (2025-10-07)
+++ v1 (2026-03-10)
@@ -1,1149 +1,1173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...17 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5DA079EC" w14:textId="41223030" w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="002B5DD0">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-      <w:pPr>
+    <w:p w14:paraId="716D1588" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRDefault="008E32B9" w:rsidP="002B5DD0">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-      </w:r>
+        <w:t>Raseinių Viktoro Petkaus</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B3908F" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRDefault="002B5DD0" w:rsidP="002B5DD0">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:tab/>
-      </w:r>
+        <w:t xml:space="preserve">progimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9">
+        <w:t xml:space="preserve">direktoriaus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E8DDC4" w14:textId="394B95DD" w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="002B5DD0">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:tab/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0">
+        <w:t>26 m. kovo</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE1134">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0095427A">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0">
+        <w:t xml:space="preserve"> d.</w:t>
       </w:r>
       <w:r>
-        <w:tab/>
-      </w:r>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A905550" w14:textId="3E5E7B4B" w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="002B5DD0">
+      <w:pPr>
+        <w:ind w:firstLine="5954"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
-        <w:tab/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>įsakymu Nr. V-24</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0">
+        <w:t>E</w:t>
+      </w:r>
       <w:r>
-        <w:tab/>
-[...70 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0095427A">
+        <w:t>99</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E259EE0" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="644CD5C8" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B254C3" w14:textId="0E46317E" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">RASEINIŲ VIKTORO PETKAUS </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>PROGIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6AA763" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DUOMENŲ BAZIŲ ADMINISTRATORIAUS PAREIGYBĖS APRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1CA46632" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="69F14ED9" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="00AE61B5" w:rsidP="008E32B9">
+    <w:p w14:paraId="696ACDFF" w14:textId="6D4CCD79" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="002B5DD0" w:rsidP="00DE1134">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>BENDROJI DALIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416D9072" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FADBF67" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1663"/>
           <w:tab w:val="num" w:pos="993"/>
+          <w:tab w:val="num" w:pos="1276"/>
           <w:tab w:val="num" w:pos="1805"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="720"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Raseinių Viktoro Petkaus pagrindinės mokyklos duomenų bazių administratorius </w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:t xml:space="preserve">Raseinių Viktoro Petkaus </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duomenų bazių administratorius </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>yra priskiriamas specialistų grupei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CA63EA" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="clear" w:pos="1663"/>
+          <w:tab w:val="num" w:pos="993"/>
+          <w:tab w:val="num" w:pos="1276"/>
           <w:tab w:val="num" w:pos="1805"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="954"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>Pareigybės lygis – B.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6AFF5DD7" w14:textId="1B13E1CE" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1663"/>
+          <w:tab w:val="num" w:pos="993"/>
+          <w:tab w:val="num" w:pos="1276"/>
+          <w:tab w:val="num" w:pos="1805"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>Duomenų bazių administratorius pavaldus mokyklos direktoriui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="61BFDE9D" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="18CC2140" w14:textId="66F506CA" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:w w:val="101"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
           <w:w w:val="101"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">II SKYRIUS </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A246386" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SPECIALŪS REIKALAVIMAI ŠIAS PAREIGAS EINANČIAM DARBUOTOJUI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="110AEC44" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B16A559" w14:textId="2E9F700D" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="002B5DD0" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1663"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="812"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>Duomenų bazių administratoriaus kvalifikacijai keliami reikalavimai</w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9" w:rsidRPr="00DE1134">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C649C5" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRPr="00DE1134" w:rsidRDefault="002B5DD0" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="328"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:w w:val="101"/>
         </w:rPr>
-        <w:t xml:space="preserve">turėti </w:t>
-[...7 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:w w:val="101"/>
+        </w:rPr>
+        <w:t>ne žemesnis kaip aukštesnysis išsilavinimas ar specialusis vidurinis išsilavinimas, įgytas iki 1995 metų</w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9" w:rsidRPr="00DE1134">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...3 lines deleted...]
-          <w:tab w:val="left" w:pos="1134"/>
+    <w:p w14:paraId="358A9FCC" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="328"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="101"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:w w:val="101"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokėti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>dirbti Microsoft Office programiniu paketu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D230A8C" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="328"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="101"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>mokėti sisteminti ir apibendrinti informaciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA00C9A" w14:textId="5442DF44" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="328"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="101"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>būti susipažinusiam su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve"> Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymu, Lietuvos Respublikos švietimo</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0" w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>mokslo</w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0" w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve"> ir sporto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve"> ministro įsakymais patvirtintais Mokinių registro nuostatais, Pedagogų registro nuostatais, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:rStyle w:val="Grietas"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Švietimo valdymo informacinės sistemos nuostatais, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:rStyle w:val="Emfaz"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve"> nuostatais bei šiuo pareigybės aprašymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33106057" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="680"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="164CAEC4" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D961C8" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ŠIAS PAREIGAS EINANČIO DARBUOTOJO FUNKCIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C89018F" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F0DA4DE" w14:textId="0187DA70" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1663"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="num" w:pos="1276"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...139 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRPr="005E4456" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:ind w:hanging="812"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve">Duomenų bazių administratorius </w:t>
+      </w:r>
+      <w:r w:rsidR="002B5DD0" w:rsidRPr="00DE1134">
+        <w:t>atlieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t xml:space="preserve"> šias funkcijas: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268845BC" w14:textId="77777777" w:rsidR="002B5DD0" w:rsidRPr="00DE1134" w:rsidRDefault="002B5DD0" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tvarko</w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokinių, pedagogų registr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>vykdo duomenų atnaujinimą, laiku pateikia informaciją bei ataskaitas</w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="697A8AEC" w14:textId="0528DDCE" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="002B5DD0" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pateikia statistinius duomenis ŠVIS (Švietimo valdymo informacinėje sistemoje) ir atsako už jų teisingumą;</w:t>
+      </w:r>
+      <w:r w:rsidR="008E32B9" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B41EEB" w14:textId="747E4977" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">vykdo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67D82" w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pradinio išsilavinimo pažymėjimų, pradinio ugdymo pasiekimų pažymėjimų, mokymosi pažymėjimų, pagrindinio išsilavinimo pažymėjimų, pagrindinio ugdymo pasiekimų pažymėjimų duomenų įvedimą į sistemą ir elektroninių pažymėjimų suformavimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A130033" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">užtikrina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>duomenų, tvarkomų informacinėje sistemoje naudojant taikomąsias programas, teisingumą ir slaptumą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FB94C6" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...51 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>užtikrina, kad neteisingi, netikslūs, neišsamūs registrų duomenys būtų nedelsiant ištaisyti, atnaujinti arba papildyti;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="3F872727" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="1134"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:lastRenderedPageBreak/>
         <w:t>vykdo kitas teisės aktais nustatytas funkcijas ir direktoriaus pavedimus, atitinkančius mokyklos tikslus ir funkcijas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="19065467" w14:textId="77777777" w:rsidR="00DE1134" w:rsidRDefault="00DE1134" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66B938FE" w14:textId="77777777" w:rsidR="00DE1134" w:rsidRPr="00DE1134" w:rsidRDefault="00DE1134" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF5D7FD" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00DE1134">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>IV SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="786BD00F" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ATSAKOMYBĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-      <w:pPr>
+    <w:p w14:paraId="5B19D6C5" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-        <w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09511F35" w14:textId="1BEF5160" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1663"/>
           <w:tab w:val="left" w:pos="993"/>
-        </w:tabs>
-[...7 lines deleted...]
-      <w:r>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="812"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>Duomenų bazių administratorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:t xml:space="preserve">atsako už: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="79FADAFE" w14:textId="77777777" w:rsidR="00A67D82" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>asmens duomenų teisinę apsaugą, teikiamų ataskaitų rinkinių ir statistinių ataskaitų teisingumą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="586C58E8" w14:textId="3EEBDFF0" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>Lietuvos Respublikos įstatymų ir kitų teisės aktų, mokyklos nuostatų laikymąsi,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>darbo tvarkos taisyklių laikymąsi, tinkamą funkcijų atlikimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...11 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F9B937F" w14:textId="3ABA3341" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1663"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="num" w:pos="1701"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>Duomenų bazių administratorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>už savo pareigų nevykdymą ar netinkamą vykdymą atsako Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
-[...5 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3C5AA499" w14:textId="77777777" w:rsidR="00A67D82" w:rsidRPr="00DE1134" w:rsidRDefault="00A67D82" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E55AD64" w14:textId="60B0BD0C" w:rsidR="00A67D82" w:rsidRPr="00DE1134" w:rsidRDefault="00A67D82" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1134">
+        <w:t>Duomenų bazių administratorius su šiuo pareigybės aprašymu supažindinamas pasirašytinai (supažindinimas su šiuo pareigybės aprašymu per dokumentų valdymo sistemą (DVS) laikomas supažindinimu pasirašytinai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E765976" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D52D40A" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DE1134">
         <w:t>___________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="008E32B9" w:rsidRDefault="008E32B9" w:rsidP="008E32B9">
+    <w:p w14:paraId="2D9D6B1C" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B22E518" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54BB8DFA" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AC1985A" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FFE7463" w14:textId="77777777" w:rsidR="008E32B9" w:rsidRPr="00DE1134" w:rsidRDefault="008E32B9" w:rsidP="00DE1134">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...166 lines deleted...]
-    <w:sectPr w:rsidR="008F3B7B" w:rsidSect="00A4357C">
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC3D394" w14:textId="77777777" w:rsidR="008F3B7B" w:rsidRPr="00DE1134" w:rsidRDefault="008F3B7B" w:rsidP="00DE1134">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008F3B7B" w:rsidRPr="00DE1134" w:rsidSect="00DE1134">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3C23581C" w14:textId="77777777" w:rsidR="000E39AF" w:rsidRDefault="000E39AF" w:rsidP="00DE1134">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6FECB6B1" w14:textId="77777777" w:rsidR="000E39AF" w:rsidRDefault="000E39AF" w:rsidP="00DE1134">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...17 lines deleted...]
-    <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1E3B51D1" w14:textId="77777777" w:rsidR="000E39AF" w:rsidRDefault="000E39AF" w:rsidP="00DE1134">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="78CD4FDF" w14:textId="77777777" w:rsidR="000E39AF" w:rsidRDefault="000E39AF" w:rsidP="00DE1134">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1622067915"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="19DB8B4E" w14:textId="70E2036B" w:rsidR="00DE1134" w:rsidRDefault="00DE1134">
+        <w:pPr>
+          <w:pStyle w:val="Antrats"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="01097A8F" w14:textId="77777777" w:rsidR="00DE1134" w:rsidRDefault="00DE1134">
+    <w:pPr>
+      <w:pStyle w:val="Antrats"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15D24506"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5516A984"/>
+    <w:tmpl w:val="997A67FA"/>
     <w:lvl w:ilvl="0" w:tplc="D68682B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="5.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2840" w:hanging="180"/>
@@ -1182,54 +1206,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17067312"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7FC089EC"/>
+    <w:tmpl w:val="D48A73F8"/>
     <w:lvl w:ilvl="0" w:tplc="C8D05DAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="6.%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
@@ -1268,51 +1292,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E2B3B8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8C3C5BC6"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51754EB7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="225C7F50"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1663"/>
         </w:tabs>
         <w:ind w:left="1663" w:hanging="1095"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
@@ -1396,720 +1506,713 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2008"/>
         </w:tabs>
         <w:ind w:left="2008" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2368"/>
         </w:tabs>
         <w:ind w:left="2368" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1994681765">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1449663176">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="904950947">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1130825614">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="804081193">
     <w:abstractNumId w:val="2"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
-[...29 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="6" w16cid:durableId="149367085">
     <w:abstractNumId w:val="1"/>
-    <w:lvlOverride w:ilvl="0">
-[...25 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E32B9"/>
+    <w:rsid w:val="000E39AF"/>
+    <w:rsid w:val="002B5DD0"/>
     <w:rsid w:val="0042217A"/>
     <w:rsid w:val="005E4456"/>
+    <w:rsid w:val="00843FFF"/>
     <w:rsid w:val="008E32B9"/>
     <w:rsid w:val="008F3B7B"/>
+    <w:rsid w:val="0095427A"/>
     <w:rsid w:val="009973CD"/>
     <w:rsid w:val="00A4357C"/>
+    <w:rsid w:val="00A67D82"/>
     <w:rsid w:val="00AE61B5"/>
+    <w:rsid w:val="00B00F65"/>
+    <w:rsid w:val="00D13DDF"/>
+    <w:rsid w:val="00D72774"/>
+    <w:rsid w:val="00DE1134"/>
+    <w:rsid w:val="00E14FE0"/>
+    <w:rsid w:val="00E6125D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="164995C6"/>
+  <w15:docId w15:val="{EFE59FCE-B7AA-45BA-A9BD-A6D9D5094ADC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008E32B9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="prastasistinklapis">
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E32B9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="008E32B9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="008E32B9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emfaz">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="008E32B9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...162 lines deleted...]
-    <w:rsid w:val="008E32B9"/>
+  <w:style w:type="paragraph" w:styleId="Antrats">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="AntratsDiagrama"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE1134"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="left"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
+    <w:name w:val="Antraštės Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrats"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DE1134"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="Porat">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PoratDiagrama"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...27 lines deleted...]
-    <w:rsid w:val="008E32B9"/>
+    <w:rsid w:val="00DE1134"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
-[...1 lines deleted...]
-    <w:basedOn w:val="prastasis"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
+    <w:name w:val="Poraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00DE1134"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
-[...22 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1878154475">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2357,52 +2460,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>965</Characters>
+  <Pages>2</Pages>
+  <Words>1726</Words>
+  <Characters>984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2652</CharactersWithSpaces>
+  <CharactersWithSpaces>2705</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rolanda</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>