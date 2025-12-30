--- v0 (2025-12-02)
+++ v1 (2025-12-30)
@@ -500,421 +500,421 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="76E7E0EB" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A05A809" w14:textId="536ACA67" w:rsidR="00C85D78" w:rsidRPr="00D755B3" w:rsidRDefault="00AC15C7" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A478D9F" w14:textId="10DB4CD6" w:rsidR="00C85D78" w:rsidRPr="00D755B3" w:rsidRDefault="0076505F" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Metodinių grupių susirinkimai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22DE5CAA" w14:textId="3F955B1D" w:rsidR="00C85D78" w:rsidRPr="00D755B3" w:rsidRDefault="00C85D78" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="731DA02E" w14:textId="77777777" w:rsidR="00C85D78" w:rsidRPr="00D755B3" w:rsidRDefault="0061342F" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33E67AC6" w14:textId="3A0330FC" w:rsidR="0061342F" w:rsidRPr="00D755B3" w:rsidRDefault="0061342F" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AFFD7DD" w14:textId="30C5E763" w:rsidR="00C85D78" w:rsidRPr="00D755B3" w:rsidRDefault="0076505F" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00C85D78" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>etodinių grupių </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FFDFBD8" w14:textId="77777777" w:rsidR="00C85D78" w:rsidRPr="00D755B3" w:rsidRDefault="00C85D78" w:rsidP="00C85D78">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>pirmininkai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="08823358" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F0C3463" w14:textId="56DBE32B" w:rsidR="19813B68" w:rsidRPr="00D755B3" w:rsidRDefault="05AAEEC7" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1 d.</w:t>
             </w:r>
             <w:r w:rsidR="14E96616" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54BA2027" w14:textId="3419B3FC" w:rsidR="19D38F00" w:rsidRPr="00D755B3" w:rsidRDefault="05AAEEC7" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Antrat1"/>
+              <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="75" w:after="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raseinių rajono ugdymo įstaigų geografijos mokytojų metodinis susirinkimas (nuotolinis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="768E6955" w14:textId="2F0B33DC" w:rsidR="19813B68" w:rsidRPr="00D755B3" w:rsidRDefault="785502ED" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66CAACE7" w14:textId="5679790C" w:rsidR="19813B68" w:rsidRPr="00D755B3" w:rsidRDefault="19813B68" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>V. Buivydienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="332075B9" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E6D6C94" w14:textId="4CA6CBE7" w:rsidR="60042C78" w:rsidRPr="00D755B3" w:rsidRDefault="18640D79" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4 d.</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:br/>
             </w:r>
@@ -925,51 +925,51 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">15.30 val. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59795A29" w14:textId="019A050D" w:rsidR="78AE829F" w:rsidRPr="00D755B3" w:rsidRDefault="495C1C5C" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">VDU Gamtos mokslų fakulteto  nuotolinis seminaras </w:t>
             </w:r>
             <w:r w:rsidR="609EBEBE" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -992,241 +992,241 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34B9671E" w14:textId="2D9A2EC0" w:rsidR="19D38F00" w:rsidRPr="00D755B3" w:rsidRDefault="705B52FF" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0BF7F200" w14:textId="31E5A997" w:rsidR="78AE829F" w:rsidRPr="00D755B3" w:rsidRDefault="78AE829F" w:rsidP="19D38F00">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>V. Buivydienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="57C0600E" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B83229B" w14:textId="4ABA34D4" w:rsidR="005A178E" w:rsidRPr="00D755B3" w:rsidRDefault="509B8751" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>12 d. 12.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30D35B91" w14:textId="719ADA56" w:rsidR="005A178E" w:rsidRPr="00D755B3" w:rsidRDefault="509B8751" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Raseinių r. ugdymo įstaigų direktorių pavaduotojų  metodinis susirinkimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="376C998D" w14:textId="0652CFBF" w:rsidR="005A178E" w:rsidRPr="00D755B3" w:rsidRDefault="6C750F07" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C4B81D3" w14:textId="0F915EEE" w:rsidR="005A178E" w:rsidRPr="00D755B3" w:rsidRDefault="509B8751" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>L. Stulgienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="05091AAE" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3446,51 +3446,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="7E44354F" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="673C2C17" w14:textId="55861B23" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2, 9</w:t>
             </w:r>
             <w:r w:rsidR="0120DBC6" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 17</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
@@ -3498,479 +3498,479 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CB6F861" w14:textId="02A4854D" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pedagoginių darbuotojų stažuotės Lietuvoje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E4BD71B" w14:textId="2DBFF427" w:rsidR="41CAF06E" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5033A139" w14:textId="7C03D19D" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Raman</w:t>
             </w:r>
             <w:r w:rsidR="113EEE4E" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>uskienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="749CCDC0" w14:textId="0BC9A0AC" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Rapolienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E91EA2C" w14:textId="30B7862D" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E. Budrienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DA8C620" w14:textId="5B5F9ABE" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Vaišvilienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37B5D08B" w14:textId="10A5CB2A" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Dambrauskaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2EF56957" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="225F79AF" w14:textId="56D1E2E1" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">15 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6EFC53B2" w14:textId="632AEEB2" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokymai pedagogams darbui su 3D, CNC staklėmis, Roboto ranka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E9C7602" w14:textId="38063AA9" w:rsidR="41CAF06E" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="055EF1B6" w14:textId="0726D088" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L. Miklius,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FE6B417" w14:textId="6C8D9A80" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Turskienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47532F8C" w14:textId="7DF340CB" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Ramanauskienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A5EE760" w14:textId="6C3FE0C2" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Vaišvilienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BB575EB" w14:textId="050FA305" w:rsidR="40A458EB" w:rsidRPr="00D755B3" w:rsidRDefault="3E8B7302" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Dambrauskaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="538F145A" w14:textId="77777777" w:rsidTr="00396C4A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73CCFD09" w14:textId="5523E673" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="248CC2CD" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
@@ -3978,231 +3978,231 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 30 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36BDB59E" w14:textId="65FD40F8" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinių kultūrinės kompetencijos ugdymas, įgyvendinant atnaujintą ugdymo turinį</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16097BBD" w14:textId="62052B9A" w:rsidR="1E94BA7D" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2296" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1304C373" w14:textId="2125E45F" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Rapolienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E0A5C91" w14:textId="3D7FBD7E" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Vaišvilienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="682F8C01" w14:textId="7439165D" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Goleckienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CF47D7D" w14:textId="5ADEB5A2" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L. Baltrušaitienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EEBBD27" w14:textId="3B6F7764" w:rsidR="7DD68582" w:rsidRPr="00D755B3" w:rsidRDefault="11DAE8D6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Petkienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="00DC6A5B" w:rsidRPr="00D755B3" w:rsidRDefault="00DC6A5B" w:rsidP="00DC6A5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Lentelstinklelis"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10092" w:type="dxa"/>
         <w:tblInd w:w="-572" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1316"/>
         <w:gridCol w:w="5488"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2295"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="55EAB825" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
@@ -4297,523 +4297,523 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="20B1DED4" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7440AC34" w14:textId="5DD828FA" w:rsidR="6011D384" w:rsidRPr="00D755B3" w:rsidRDefault="6011D384" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–</w:t>
             </w:r>
             <w:r w:rsidR="001A02D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30E84B71" w14:textId="21BB15B9" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Akcija „Draugystė mano širdyje“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DF88EFC" w14:textId="62EB8DCF" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4B6E481B" w14:textId="72D0C13F" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1–4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6AB3AF92" w14:textId="1C5B8A3C" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">R. Baltkojienė, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CE13D4C" w14:textId="709E661E" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">D. Užemeckienė, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22019404" w14:textId="63E22A86" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Lukšienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="5D69B9BD" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7AD8BE31" w14:textId="1D231601" w:rsidR="001A02D8" w:rsidRPr="00D755B3" w:rsidRDefault="001A02D8" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">3 d. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:br/>
               <w:t>15.30 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="68054E91" w14:textId="3E25DD13" w:rsidR="001A02D8" w:rsidRPr="00D755B3" w:rsidRDefault="001A02D8" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinių, kurie dalyvavo parodoje „Kaip aš M. K. Čiurlionio muziką paverčiau dažais...“ pasveikinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2EA3F8C1" w14:textId="1EBC008B" w:rsidR="001A02D8" w:rsidRPr="00D755B3" w:rsidRDefault="001A02D8" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2–7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="638AC30D" w14:textId="6E0F5889" w:rsidR="001A02D8" w:rsidRPr="00D755B3" w:rsidRDefault="001A02D8" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A. Krasauskienė,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>I. Kobienė, kt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="650FD7C4" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3AD4F55E" w14:textId="4AC8489A" w:rsidR="00C2407F" w:rsidRPr="00D755B3" w:rsidRDefault="00C2407F" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3 d. 14 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16D5FC87" w14:textId="00E9FB89" w:rsidR="00C2407F" w:rsidRPr="00D755B3" w:rsidRDefault="00C2407F" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Progimnazijoje dirbusių savanorių pagerbimas atrėjant Tarptautinei savanorių dienai </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A4597AB" w14:textId="2B6355B7" w:rsidR="00C2407F" w:rsidRPr="00D755B3" w:rsidRDefault="00C2407F" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AD83FAE" w14:textId="0DDFD1E3" w:rsidR="00C2407F" w:rsidRPr="00D755B3" w:rsidRDefault="00C2407F" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Linkytė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="650DCD2F" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C57A766" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="21560DC8" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">4 d. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C5CB081" w14:textId="49A0793B" w:rsidR="0131FB34" w:rsidRPr="00D755B3" w:rsidRDefault="21560DC8" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="6F0872D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
@@ -4836,707 +4836,707 @@
               <w:t xml:space="preserve"> pam</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77420E91" w14:textId="6FCAC0BE" w:rsidR="0ACA34B0" w:rsidRPr="00D755B3" w:rsidRDefault="0ACA34B0" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Progimnazijos mokinių prezidento rinkimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BFAFD4D" w14:textId="20857BD6" w:rsidR="6765CF1C" w:rsidRPr="00D755B3" w:rsidRDefault="6765CF1C" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1–8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31420099" w14:textId="4092F7F4" w:rsidR="6765CF1C" w:rsidRPr="00D755B3" w:rsidRDefault="6765CF1C" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">V. Buivydienė, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66B4F67A" w14:textId="3D593999" w:rsidR="6765CF1C" w:rsidRPr="00D755B3" w:rsidRDefault="6765CF1C" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–8 klasių mokinių aktyvas, darbo grupė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="1572D4F5" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D772FFF" w14:textId="3E58A659" w:rsidR="0AC23A31" w:rsidRPr="00D755B3" w:rsidRDefault="0AC23A31" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 d., po 3 pamokų, aktų salėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="02FFC807" w14:textId="3B8EB791" w:rsidR="0AC23A31" w:rsidRPr="00D755B3" w:rsidRDefault="0AC23A31" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Progimnazijos bendruomenei naujai išrinkto </w:t>
             </w:r>
             <w:r w:rsidR="001A02D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">progimnazijos </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokinių prezidento pristatymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5CC0452C" w14:textId="75FBC936" w:rsidR="6765CF1C" w:rsidRPr="00D755B3" w:rsidRDefault="6765CF1C" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1–8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="55F62522" w14:textId="7C58D478" w:rsidR="6765CF1C" w:rsidRPr="00D755B3" w:rsidRDefault="6765CF1C" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">V. Buivydienė, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10BE6B3E" w14:textId="7A56731C" w:rsidR="6765CF1C" w:rsidRPr="00D755B3" w:rsidRDefault="6765CF1C" w:rsidP="6765CF1C">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5–8 klasių mokinių aktyvas, kandidatai į mokinių prezidentus, mokinių prezidentas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2E95F8A1" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77A807DE" w14:textId="236B1515" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>5 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4306B12A" w14:textId="0E582446" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Akcija „Diena be kuprinių“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40DB5FB9" w14:textId="75750D60" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>PUG, 1–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60138F9D" w14:textId="048EED6E" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>ŠP specialistų metodinė grupė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2927AFEF" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53F770B9" w14:textId="32AF9909" w:rsidR="25492D81" w:rsidRPr="00D755B3" w:rsidRDefault="25492D81" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6 d. (šešt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="530F33FC" w14:textId="46290259" w:rsidR="25492D81" w:rsidRPr="00D755B3" w:rsidRDefault="25492D81" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Jaunųjų šaulių išvyka į Raseinių </w:t>
             </w:r>
             <w:r w:rsidR="14C3AF3A" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>priešgaisrinę gelbėjimo tarnybą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="75FC8CF9" w14:textId="4134583E" w:rsidR="14C3AF3A" w:rsidRPr="00D755B3" w:rsidRDefault="14C3AF3A" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mok. grupė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01F44182" w14:textId="1BDF94E3" w:rsidR="14C3AF3A" w:rsidRPr="00D755B3" w:rsidRDefault="14C3AF3A" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Ramanauskas</w:t>
             </w:r>
             <w:r w:rsidR="00396C4A" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00396C4A" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>D. Ramanauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="39BB0A14" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3EC1FC32" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="550686E8" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="03B9A9F4" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">d. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DD9D13D" w14:textId="39BDBB2A" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="550686E8" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="5142EAD7" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32171DED" w14:textId="1E2ACFAD" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Progimnazijos </w:t>
             </w:r>
             <w:r w:rsidR="550686E8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eglutės įžiebimo šventė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="134416C8" w14:textId="7730FA70" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="550686E8" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5546,164 +5546,164 @@
               <w:br/>
               <w:t>1–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51DAF31C" w14:textId="1C769E78" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="550686E8" w:rsidP="6FC705A8">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG, pradinio ugd. mokytojos, muzikos</w:t>
             </w:r>
             <w:r w:rsidR="1416B93A" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir šokių</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="46EB585D" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="319AD547" w14:textId="7794FD80" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="5724B8E2" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10 d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0671ED32" w14:textId="18C01673" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="2E151AB6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10 val. </w:t>
             </w:r>
             <w:r w:rsidR="1BBD9E16" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">aktų </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>salėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23E4945B" w14:textId="1AF5F67F" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="25687A4A" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Interaktyvus kalėdinis spektaklis </w:t>
             </w:r>
             <w:r w:rsidR="17A2C8C7" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5712,471 +5712,471 @@
               </w:rPr>
               <w:t>Smurfų Kalėdų sumaištis</w:t>
             </w:r>
             <w:r w:rsidR="60747EFC" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="342BB214" w14:textId="6B80FEFF" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="25687A4A" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1c, 3</w:t>
             </w:r>
             <w:r w:rsidR="7B3A2E2A" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C3D1802" w14:textId="6BA5BF7F" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="25687A4A" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Miklienė</w:t>
             </w:r>
             <w:r w:rsidR="00B85FB2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="149A24E8" w14:textId="02244D78" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="25687A4A" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">O. </w:t>
             </w:r>
             <w:r w:rsidR="22BD3C13" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bielskytė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="0F98FB87" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="18C66572" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>12 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E2E96E4" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Akcija „Penktadienis kitaip“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C5F5F74" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>PUG, 1–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="61DDA893" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>ŠP specialistų metodinė grupė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2611B572" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31B6AE73" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17 d. 8.00-9.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="484F4EB0" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Adventinis rytmetys su tėveliais „Pasveikinkim vieni kitus“ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="258A98C5" w14:textId="13B6346A" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51138772" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Naujokaitienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="753FFDFF" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Danusienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33001AD2" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E. Budrienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="5F4D8982" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79935499" w14:textId="14B5B47F" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="5EE6BB7D" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2227E6AC" w14:textId="339B984A" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="52567340" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Edukacija iš KP </w:t>
             </w:r>
             <w:r w:rsidR="192C3091" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6201,51 +6201,51 @@
               </w:rPr>
               <w:t>3D rašikliu</w:t>
             </w:r>
             <w:r w:rsidR="523D09B6" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A0BD1F3" w14:textId="67FB0CEF" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="52567340" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidR="41149331" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6286,153 +6286,153 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72C1289F" w14:textId="50B06E69" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="52567340" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Miklienė</w:t>
             </w:r>
             <w:r w:rsidR="00B85FB2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72023ED4" w14:textId="59FB459D" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="52567340" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Eizintienė</w:t>
             </w:r>
             <w:r w:rsidR="238DF6C8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34935436" w14:textId="283D6246" w:rsidR="6FC705A8" w:rsidRPr="00D755B3" w:rsidRDefault="238DF6C8" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="20719B11" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Borkertaitė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="74DCBCAA" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1287CF7A" w14:textId="04DDE02A" w:rsidR="70CCEC0F" w:rsidRPr="00D755B3" w:rsidRDefault="69F4411B" w:rsidP="33BE1CEF">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>18 d. 10.00</w:t>
             </w:r>
             <w:r w:rsidR="00036C24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> –</w:t>
@@ -6465,225 +6465,225 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>ktų salėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2171C19F" w14:textId="643CECA0" w:rsidR="70CCEC0F" w:rsidRPr="00D755B3" w:rsidRDefault="63469995" w:rsidP="33BE1CEF">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pramoga vaikams „Susitikimas su Kalėdų Seneliu“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2E288FE6" w14:textId="12E6B7DC" w:rsidR="70CCEC0F" w:rsidRPr="00D755B3" w:rsidRDefault="63469995" w:rsidP="33BE1CEF">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>PUG</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1496EEF0" w14:textId="7DB86FF5" w:rsidR="11AF264A" w:rsidRPr="00D755B3" w:rsidRDefault="63469995" w:rsidP="723E17C5">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:r w:rsidR="35E359CA" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Lazdauskaitė</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E6B544D" w14:textId="4C6B569D" w:rsidR="11AF264A" w:rsidRPr="00D755B3" w:rsidRDefault="63469995" w:rsidP="33BE1CEF">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:r w:rsidR="4CA79E01" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Naujokaitienė</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D2052ED" w14:textId="32124C86" w:rsidR="11AF264A" w:rsidRPr="00D755B3" w:rsidRDefault="63469995" w:rsidP="33BE1CEF">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Danusienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="4DF3760D" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1BEE165B" w14:textId="0022EC10" w:rsidR="6F41EF11" w:rsidRPr="00D755B3" w:rsidRDefault="2436DDA2" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="48332611" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
@@ -6736,51 +6736,51 @@
               <w:t xml:space="preserve">  aktų salė</w:t>
             </w:r>
             <w:r w:rsidR="51C23B48" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>je</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B55CC4A" w14:textId="38D9D269" w:rsidR="11AF264A" w:rsidRPr="00D755B3" w:rsidRDefault="2436DDA2" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="1C6F5D0C" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
@@ -6794,276 +6794,276 @@
               <w:t>8 klasių Kalėdinis koncertas ,,</w:t>
             </w:r>
             <w:r w:rsidR="21817744" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Baltumo šventė“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1DB4F20B" w14:textId="69D68C93" w:rsidR="15ED93FC" w:rsidRPr="00D755B3" w:rsidRDefault="2436DDA2" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="4C02FE1C" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E88DB57" w14:textId="1B8894FA" w:rsidR="11AF264A" w:rsidRPr="00D755B3" w:rsidRDefault="2436DDA2" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>E. Budrienė</w:t>
             </w:r>
             <w:r w:rsidR="00B85FB2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7900B720" w14:textId="7E66524E" w:rsidR="11AF264A" w:rsidRPr="00D755B3" w:rsidRDefault="2436DDA2" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Rapolienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2D29DFBF" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64349D45" w14:textId="4011AD98" w:rsidR="3FF4D2F3" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>19 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3E4A0889" w14:textId="5DD8D4D4" w:rsidR="3FF4D2F3" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Akcija „Kalėdinių akcentų diena“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="23304F1C" w14:textId="5BDEDE97" w:rsidR="3FF4D2F3" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>PUG, 1</w:t>
             </w:r>
             <w:r w:rsidR="2F938621" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FC6BFAE" w14:textId="4974DB94" w:rsidR="19B687B0" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Š</w:t>
             </w:r>
             <w:r w:rsidR="388EEB30" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
@@ -7073,887 +7073,887 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> specialistų metodinė grupė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="0387A2FF" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0DA0E195" w14:textId="406A0D37" w:rsidR="3C00780D" w:rsidRPr="00D755B3" w:rsidRDefault="3C00780D" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>22 d. (susitartu laiku)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="688A217E" w14:textId="46C66A27" w:rsidR="3C00780D" w:rsidRPr="00D755B3" w:rsidRDefault="3C00780D" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Viktorina „Kalėdos aplink pasaulį“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1D1FC743" w14:textId="29ACA241" w:rsidR="3C00780D" w:rsidRPr="00D755B3" w:rsidRDefault="3C00780D" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ED5DA88" w14:textId="4F0F1C99" w:rsidR="3C00780D" w:rsidRPr="00D755B3" w:rsidRDefault="3C00780D" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Vaišvilienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="30A1FE16" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5680E758" w14:textId="7AD3796C" w:rsidR="2E162BD8" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="28E204A1" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">3 sav. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="054ED29C" w14:textId="7B459E90" w:rsidR="2E162BD8" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Klasės valandėlės „Draugystė“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="30648016" w14:textId="0D3A723B" w:rsidR="2E162BD8" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2a, 2b, 3b, 4c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74595099" w14:textId="76DC9535" w:rsidR="2E162BD8" w:rsidRPr="00D755B3" w:rsidRDefault="02B6B643" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Lukšienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2A74A9A2" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="274D8408" w14:textId="1A7BA776" w:rsidR="4AAC96EF" w:rsidRPr="00D755B3" w:rsidRDefault="5731E427" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B6E6138" w14:textId="2989AC8B" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kalėdinės kakavos smaguriavimo (gėrimo) akcija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="052D7BBD" w14:textId="3A6BC74F" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1960F084" w14:textId="77777777" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Turskienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FF09D66" w14:textId="4F30BEED" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>NŠ nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="44AA0C40" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E54C102" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–2 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="747D4057" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kalėdinis ringo žaidimo turnyras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="041A48EA" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>5–6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F6BDD7F" w14:textId="02A5C448" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>I. Kobienė</w:t>
             </w:r>
             <w:r w:rsidR="00A26698" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="681D3C95" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>A. Kavaliauskas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="49251727" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AA4D136" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–3 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2FFAD5EA" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kalėdinis ringo žaidimo turnyras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44ED4EEB" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>7–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EF97033" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>I. Kobienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="225244C6" w14:textId="77777777" w:rsidR="00A97061" w:rsidRPr="00D755B3" w:rsidRDefault="00A97061" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>A. Kavaliauskas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="65A96DBF" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="007EE649" w14:textId="77777777" w:rsidR="00E53870" w:rsidRPr="00D755B3" w:rsidRDefault="00E53870" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F5527A8" w14:textId="164591A9" w:rsidR="00E53870" w:rsidRPr="00D755B3" w:rsidRDefault="00E53870" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kalėdinės edukacijos, išvykos, projektai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20DF2729" w14:textId="77777777" w:rsidR="00E53870" w:rsidRPr="00D755B3" w:rsidRDefault="00E53870" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BEE07AE" w14:textId="77777777" w:rsidR="00E53870" w:rsidRPr="00D755B3" w:rsidRDefault="00E53870" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="0562CB0E" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34CE0A41" w14:textId="1CECA69E" w:rsidR="00157DE7" w:rsidRPr="00D755B3" w:rsidRDefault="00656F00" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">1 d. </w:t>
             </w:r>
             <w:r w:rsidR="18940EDB" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">per </w:t>
             </w:r>
@@ -7988,165 +7988,165 @@
               <w:t>5 pam</w:t>
             </w:r>
             <w:r w:rsidR="57BAE466" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="62EBF3C5" w14:textId="026811EB" w:rsidR="00157DE7" w:rsidRPr="00D755B3" w:rsidRDefault="36E0DED1" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Išvyka pas socialinius partnerius pasveikinti su Tarptautine Draugo diena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D98A12B" w14:textId="226F8FA7" w:rsidR="00157DE7" w:rsidRPr="00D755B3" w:rsidRDefault="00656F00" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="2CE83815" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2946DB82" w14:textId="3FE5E80B" w:rsidR="00157DE7" w:rsidRPr="00D755B3" w:rsidRDefault="00656F00" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">V. Buivydienė,  aktyvūs mokiniai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="5F5F8792" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="57029967" w14:textId="4F7CE34C" w:rsidR="295FD662" w:rsidRPr="00D755B3" w:rsidRDefault="3217D2D3" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3 d. 8.00 </w:t>
             </w:r>
             <w:r w:rsidR="5D209698" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8155,51 +8155,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> 8.45</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C1605CC" w14:textId="586C5AFE" w:rsidR="295FD662" w:rsidRPr="00D755B3" w:rsidRDefault="3217D2D3" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">UAB </w:t>
             </w:r>
             <w:r w:rsidR="15DE2041" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8232,114 +8232,114 @@
               </w:rPr>
               <w:t xml:space="preserve"> nuotolinė edukacija </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">„Kalėdos ir Naujieji metai daugiataučiame Vilniuje“ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5A453A0A" w14:textId="20B4743D" w:rsidR="295FD662" w:rsidRPr="00D755B3" w:rsidRDefault="295FD662" w:rsidP="1AFB232A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3B193104" w14:textId="276D9AFF" w:rsidR="295FD662" w:rsidRPr="00D755B3" w:rsidRDefault="295FD662" w:rsidP="1AFB232A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">L. Miklius </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="1DB6753E" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="43305895" w14:textId="32F4DE03" w:rsidR="3CEBB5EF" w:rsidRPr="00D755B3" w:rsidRDefault="287BF8CA" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> d. 1</w:t>
             </w:r>
             <w:r w:rsidR="38EF4ADD" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8380,51 +8380,51 @@
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="37C2B7B2" w14:textId="2095D2C4" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="6B74B55F" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lietuvos nacionalinio muziejaus kultūros paso edukatoriaus nuotolinė edukacinė programa </w:t>
             </w:r>
             <w:r w:rsidR="76271618" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="19809DF3" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8441,114 +8441,114 @@
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10FAFD71" w14:textId="76DF0817" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="773CAA2B" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C215CCC" w14:textId="4DF70968" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="773CAA2B" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Turskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="773E2338" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E3B92EF" w14:textId="76F5D661" w:rsidR="72089729" w:rsidRPr="00D755B3" w:rsidRDefault="72089729" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8573,143 +8573,143 @@
               </w:rPr>
               <w:t>0 –</w:t>
             </w:r>
             <w:r w:rsidR="1C971992" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.40 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0DE0C907" w14:textId="30B0A3A5" w:rsidR="620BEC15" w:rsidRPr="00D755B3" w:rsidRDefault="620BEC15" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Išvyka į Karpynę</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F80B934" w14:textId="643AE194" w:rsidR="620BEC15" w:rsidRPr="00D755B3" w:rsidRDefault="620BEC15" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4AB94E60" w14:textId="7A3D8528" w:rsidR="620BEC15" w:rsidRPr="00D755B3" w:rsidRDefault="620BEC15" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Mockuvienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="3ED3F597" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2D877B0F" w14:textId="502E3768" w:rsidR="3441DB6C" w:rsidRPr="00D755B3" w:rsidRDefault="2672E090" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> d. 13.00 </w:t>
             </w:r>
             <w:r w:rsidR="739E6DCC" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8718,51 +8718,51 @@
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66C340A4" w14:textId="6647C515" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="6B74B55F" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lietuvos nacionalinio muziejaus kultūros paso edukatoriaus nuotolinė edukacinė programa </w:t>
             </w:r>
             <w:r w:rsidR="717AFD8F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8779,159 +8779,159 @@
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="025D4FE1" w14:textId="76DF0817" w:rsidR="20E87B46" w:rsidRPr="00D755B3" w:rsidRDefault="20E87B46" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="081535C8" w14:textId="4DF70968" w:rsidR="20E87B46" w:rsidRPr="00D755B3" w:rsidRDefault="20E87B46" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Turskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="38E3AFF4" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="499507FA" w14:textId="1810677A" w:rsidR="5605C390" w:rsidRPr="00D755B3" w:rsidRDefault="3029E715" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8 d. 14.00 </w:t>
             </w:r>
             <w:r w:rsidR="4DA89453" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.45 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58E6A5D3" w14:textId="6FD3EFFE" w:rsidR="5605C390" w:rsidRPr="00D755B3" w:rsidRDefault="3029E715" w:rsidP="5605C390">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">VšĮ </w:t>
             </w:r>
             <w:r w:rsidR="27AE9D9D" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8988,307 +8988,454 @@
               </w:rPr>
               <w:t xml:space="preserve"> reklama ar menas</w:t>
             </w:r>
             <w:r w:rsidR="099BA1C3" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="530F17A3" w14:textId="04CFE6F9" w:rsidR="13F9D33E" w:rsidRPr="00D755B3" w:rsidRDefault="13F9D33E" w:rsidP="5605C390">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6b</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BDE73D8" w14:textId="4EF8175F" w:rsidR="5605C390" w:rsidRPr="00D755B3" w:rsidRDefault="5605C390" w:rsidP="5605C390">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FF09CCC" w14:textId="311A30B1" w:rsidR="13F9D33E" w:rsidRPr="00D755B3" w:rsidRDefault="13F9D33E" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Buivydienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28D81C13" w14:textId="49A3BA9C" w:rsidR="5605C390" w:rsidRPr="00D755B3" w:rsidRDefault="5605C390" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53048EEB" w14:textId="2F4CE274" w:rsidR="5605C390" w:rsidRPr="00D755B3" w:rsidRDefault="5605C390" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="5945AD06" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C66EF2C" w14:textId="06DAFF4E" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="7D1D9B2B" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>17 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5BF48D77" w14:textId="50D17D81" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Psichoaktyvių medžiagų vartojimo prevencijos programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="06DC4C9E" w14:textId="07B7B9EC" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6a, 6b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="668D5197" w14:textId="77149A15" w:rsidR="15535E53" w:rsidRPr="00D755B3" w:rsidRDefault="15535E53" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>L. Galinaitienė, RVSB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w14:paraId="3AB0CEAD" w14:textId="77777777" w:rsidTr="00FF59ED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55A54B66" w14:textId="48E5A92B" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="15535E53">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>10 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5488" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="414A5C93" w14:textId="19AA7F0A" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="15535E53">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edukacinė išvyka į Šiaulius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CCE490B" w14:textId="055C5605" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="15535E53">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>5c, 7a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70D51C6F" w14:textId="744DC50E" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="15535E53">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>L. Miklius,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>R. Turskienė,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>V. Paškauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2173C69E" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="77741AC7" w14:textId="3BADA0FE" w:rsidR="3C834CF1" w:rsidRPr="00D755B3" w:rsidRDefault="3C834CF1" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">11 d. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09086754" w14:textId="735B2401" w:rsidR="3C834CF1" w:rsidRPr="00D755B3" w:rsidRDefault="6DE16FB6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.00</w:t>
             </w:r>
             <w:r w:rsidR="03EFD2CE" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9297,288 +9444,288 @@
               </w:rPr>
               <w:t>10.00</w:t>
             </w:r>
             <w:r w:rsidR="5D20B89F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29F9F2D5" w14:textId="157B2062" w:rsidR="3C834CF1" w:rsidRPr="00D755B3" w:rsidRDefault="6DE16FB6" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kultūros paso edukacinė programa Kelmės krašto</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>muziejuje „Kalėdiniai burtai Kelmės dvaro rūmų rūsiuose“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="757C29C7" w14:textId="4E5B9645" w:rsidR="3C834CF1" w:rsidRPr="00D755B3" w:rsidRDefault="3C834CF1" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C1216E6" w14:textId="43834BB3" w:rsidR="3C834CF1" w:rsidRPr="00D755B3" w:rsidRDefault="3C834CF1" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Kosienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="518281C1" w14:textId="2DBCDA9A" w:rsidR="3D97D7DB" w:rsidRPr="00D755B3" w:rsidRDefault="3D97D7DB" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="01E41528" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="1398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2AAAFBD3" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11 d. 8.30 –12.45 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C8B859F" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Edukacija Raseinių krašto istorijos muziejuje ,,Advento tradicijos nuo šv. Andriejaus iki Trijų Karalių“, integruota technologijų ir dailės pamoka Raseinių technologijos ir verslo mokykloje ,,Sausainių studija. Piešiame ant saldžių drobių“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0F9218E7" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="72D21E5F" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Eizintienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="08CE6F91" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0E54EB93" w14:textId="07741360" w:rsidR="571543E3" w:rsidRPr="00D755B3" w:rsidRDefault="3029E715" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 d. 8.0</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="76BC3B2E" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9595,511 +9742,514 @@
               </w:rPr>
               <w:t>14.00</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="755E0771" w14:textId="27234BF0" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="3029E715" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kultūros paso edukacinė programa sferinio filmo „</w:t>
             </w:r>
             <w:r w:rsidR="4B74E4F5" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stebuklingas gaublys“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> žiūrėjimas ir aptarimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="38FF3273" w14:textId="333CFFE6" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="7BF27FEC" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3c</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B2D1177" w14:textId="42198AF8" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="21A64220" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2c</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55CA7293" w14:textId="627F3A42" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="21A64220" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...11 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2a</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76C8512B" w14:textId="26200F81" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="21A64220" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2b</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14EDEF79" w14:textId="4570A202" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="21A64220" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3a</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D50684" w14:textId="5095E80B" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="21A64220" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5EBA07F4" w14:textId="0B1806A5" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="7BF27FEC" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...11 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>D. Užemeckienė</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BA4CE7B" w14:textId="33C3A755" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="0ED4EBFD" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Kaminskienė</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A537A93" w14:textId="73F734FA" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="0ED4EBFD" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...11 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>V. Petrauskienė</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03A57385" w14:textId="6DB85780" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="0ED4EBFD" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Kosienė</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C8CB3B9" w14:textId="5401ACEE" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="0ED4EBFD" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Mockuvienė</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68FBC73F" w14:textId="16E759F0" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="0ED4EBFD" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Goleckienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="10208701" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="201C41C6" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">12 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7714089E" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Išvyka į Kauną</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="569B9560" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4c</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29BE6702" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0882771F" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L. Baltrušaitienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="6D31B44B" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28B4EE2B" w14:textId="242F462B" w:rsidR="356FC5D7" w:rsidRPr="00D755B3" w:rsidRDefault="2A778338" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15 d.</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10124,379 +10274,554 @@
               </w:rPr>
               <w:t>13.00</w:t>
             </w:r>
             <w:r w:rsidR="036BAAD0" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3FDA6C85" w14:textId="7C89B406" w:rsidR="356FC5D7" w:rsidRPr="00D755B3" w:rsidRDefault="2A778338" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Technologijų pamoka </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raseinių technologijos ir verslo mokykloje „Kepame kūčiukus</w:t>
             </w:r>
             <w:r w:rsidR="468FEBC1" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="550EB41F" w14:textId="739A5C86" w:rsidR="356FC5D7" w:rsidRPr="00D755B3" w:rsidRDefault="356FC5D7" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F78D52E" w14:textId="709D3658" w:rsidR="356FC5D7" w:rsidRPr="00D755B3" w:rsidRDefault="356FC5D7" w:rsidP="3D97D7DB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D. Kosienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w14:paraId="5C15E38F" w14:textId="77777777" w:rsidTr="0078259D">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D6F12B6" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 d. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5488" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="092DBCD8" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edukacinė išvyka į Lenkiją</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AB24D16" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6–8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2295" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="115" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65441BAF" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Ramanauskienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00E6E87D" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Ramanauskas,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3571A3B5" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Visockienė,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A2153E" w14:textId="77777777" w:rsidR="00FE72C4" w:rsidRPr="00D755B3" w:rsidRDefault="00FE72C4" w:rsidP="0078259D">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Žickienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="577AB5A2" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="41609B22" w14:textId="75F0E2C3" w:rsidR="06F94044" w:rsidRPr="00D755B3" w:rsidRDefault="06F94044" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>17 d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A4C7E73" w14:textId="66FE6843" w:rsidR="541980EB" w:rsidRPr="00D755B3" w:rsidRDefault="541980EB" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0A3041CE" w14:textId="0DEC4ECE" w:rsidR="06F94044" w:rsidRPr="00D755B3" w:rsidRDefault="06F94044" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kultūros paso edukacinė programa Kelmės krašto</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>muziejuje „Kalėdiniai burtai Kelmės dvaro rūmų rūsiuose“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CD76BA4" w14:textId="05BC2B2E" w:rsidR="06F94044" w:rsidRPr="00D755B3" w:rsidRDefault="06F94044" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3c</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2720C4DF" w14:textId="187BE82C" w:rsidR="541980EB" w:rsidRPr="00D755B3" w:rsidRDefault="541980EB" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="14418EFA" w14:textId="09814BCA" w:rsidR="06F94044" w:rsidRPr="00D755B3" w:rsidRDefault="06F94044" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Užemeckienė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C2AC634" w14:textId="74E4AB74" w:rsidR="541980EB" w:rsidRPr="00D755B3" w:rsidRDefault="541980EB" w:rsidP="541980EB">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="3B0E245D" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="601B73DD" w14:textId="16349A67" w:rsidR="6F5DEF22" w:rsidRPr="00D755B3" w:rsidRDefault="6F5DEF22" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>17 d. 8.00</w:t>
             </w:r>
             <w:r w:rsidR="3A8889CA" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>9.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3DC431BC" w14:textId="12630B18" w:rsidR="6F5DEF22" w:rsidRPr="00D755B3" w:rsidRDefault="6F5DEF22" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidR="00036C24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10537,82 +10862,82 @@
               </w:rPr>
               <w:t>Kalėdinė pasaka</w:t>
             </w:r>
             <w:r w:rsidR="711D3766" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79CF4018" w14:textId="6614DC22" w:rsidR="3BBF4D03" w:rsidRPr="00D755B3" w:rsidRDefault="3BBF4D03" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29F439B7" w14:textId="684AB7B8" w:rsidR="3BBF4D03" w:rsidRPr="00D755B3" w:rsidRDefault="3BBF4D03" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="5C8692D9" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -10622,51 +10947,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eizintienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="228E9FCA" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35101143" w14:textId="2A1CB26D" w:rsidR="161DC8F5" w:rsidRPr="00D755B3" w:rsidRDefault="161DC8F5" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>17 d.</w:t>
             </w:r>
             <w:r w:rsidR="27DB4D7D" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -10698,51 +11023,51 @@
               <w:t>17.00</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C2F98ED" w14:textId="08F502A4" w:rsidR="25043EE5" w:rsidRPr="00D755B3" w:rsidRDefault="25043EE5" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Išvyka </w:t>
             </w:r>
             <w:r w:rsidR="00036C24">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10759,100 +11084,100 @@
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D48D52A" w14:textId="72DBA01D" w:rsidR="25043EE5" w:rsidRPr="00D755B3" w:rsidRDefault="25043EE5" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2a</w:t>
             </w:r>
             <w:r w:rsidR="22F8A46B" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="76B2E265" w14:textId="61C804B3" w:rsidR="25043EE5" w:rsidRPr="00D755B3" w:rsidRDefault="25043EE5" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="5B4B39D2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -10910,198 +11235,198 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Goleckienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="614A9CCB" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="15A0CCA6" w14:textId="13213B10" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>17 d. 10.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54D7AAAF" w14:textId="4D6B221E" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Išvyka į Raseinių technologijos ir verslo mokyklą. Edukacija „Kūčiukų kepimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="70BBE61F" w14:textId="42399448" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0FE0FEEA" w14:textId="77777777" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">R. Petkienė, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73781856" w14:textId="45A01F50" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Žickienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="602E8E5B" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="096E64CD" w14:textId="29F5CD73" w:rsidR="6828D7CB" w:rsidRPr="00D755B3" w:rsidRDefault="1BB3DBD3" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> d. 1</w:t>
             </w:r>
             <w:r w:rsidR="4159EDEC" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11174,51 +11499,51 @@
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0113DE42" w14:textId="6E746B04" w:rsidR="2C4FA2D2" w:rsidRPr="00D755B3" w:rsidRDefault="378BA7C0" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lietuvos nacionalinio muziejaus</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> kultūros paso edukatoriaus nuotolinė edukacinė programa </w:t>
             </w:r>
             <w:r w:rsidR="508EF521" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -11243,234 +11568,234 @@
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="6B74B55F" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3EC29357" w14:textId="08B321F9" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="773CAA2B" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E622FAE" w14:textId="46C91E28" w:rsidR="773CAA2B" w:rsidRPr="00D755B3" w:rsidRDefault="773CAA2B" w:rsidP="773CAA2B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V. Buivydienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="2D8EE95F" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4F39D348" w14:textId="006FB22B" w:rsidR="40FD6D27" w:rsidRPr="00D755B3" w:rsidRDefault="354B4ECD" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">19 d. 8.30 </w:t>
             </w:r>
             <w:r w:rsidR="12C08BE7" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>13.30 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="260F123A" w14:textId="7BA4AA4A" w:rsidR="40FD6D27" w:rsidRPr="00D755B3" w:rsidRDefault="0F3D25D1" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Išvyka</w:t>
             </w:r>
             <w:r w:rsidR="1BE5775A" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> į Kalėdų Senelio namą Šiluvoje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="08D38A92" w14:textId="7C00EAEB" w:rsidR="40FD6D27" w:rsidRPr="00D755B3" w:rsidRDefault="1BE5775A" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DEAC417" w14:textId="31078A15" w:rsidR="40FD6D27" w:rsidRPr="00D755B3" w:rsidRDefault="12708C1B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="20962828" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -11480,336 +11805,336 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eizintienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="63472860" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C4DD4EF" w14:textId="0BF28218" w:rsidR="2C9FE351" w:rsidRPr="00D755B3" w:rsidRDefault="2C9FE351" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">19 d. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="489FD556" w14:textId="61459A47" w:rsidR="2C9FE351" w:rsidRPr="00D755B3" w:rsidRDefault="2C9FE351" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Išvyka į Vilnių</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E878810" w14:textId="6533025C" w:rsidR="2C9FE351" w:rsidRPr="00D755B3" w:rsidRDefault="2C9FE351" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3a, 2c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="01DAD122" w14:textId="5169249D" w:rsidR="2C9FE351" w:rsidRPr="00D755B3" w:rsidRDefault="2C9FE351" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Mockuvienė</w:t>
             </w:r>
             <w:r w:rsidR="00B85FB2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C4970FA" w14:textId="00AB3BD7" w:rsidR="2C9FE351" w:rsidRPr="00D755B3" w:rsidRDefault="2C9FE351" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Kaminskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="0DD8A511" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4706009F" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>19 d. 11.45 –12.45 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C52A9B4" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kalėdinė popietė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A454558" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E820A79" w14:textId="77777777" w:rsidR="00FF59ED" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="0092180B">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Užemeckienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="543BE879" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4799EBD4" w14:textId="55D7840D" w:rsidR="450E26F3" w:rsidRPr="00D755B3" w:rsidRDefault="2DD0ABB9" w:rsidP="371536D0">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidR="35941080" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> d. </w:t>
             </w:r>
@@ -11832,51 +12157,51 @@
               <w:t>7.30</w:t>
             </w:r>
             <w:r w:rsidR="64EBB391" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="796E2095" w14:textId="4A90F2EB" w:rsidR="450E26F3" w:rsidRPr="00D755B3" w:rsidRDefault="35941080" w:rsidP="371536D0">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Rytmetys</w:t>
             </w:r>
             <w:r w:rsidR="4813F044" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> klasės bendruomenei</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
@@ -11889,82 +12214,82 @@
               <w:t xml:space="preserve"> „Kalėdų varpelį girdžiu</w:t>
             </w:r>
             <w:r w:rsidR="10322762" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="795AADE3" w14:textId="17B41560" w:rsidR="450E26F3" w:rsidRPr="00D755B3" w:rsidRDefault="450E26F3" w:rsidP="371536D0">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6B062CB2" w14:textId="1C4B1678" w:rsidR="71A478AC" w:rsidRPr="00D755B3" w:rsidRDefault="41D5206D" w:rsidP="371536D0">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="448DA5E3" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -11974,51 +12299,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kosienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="58386716" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53E5379A" w14:textId="2EFF6436" w:rsidR="7D9B4E37" w:rsidRPr="00D755B3" w:rsidRDefault="7D9B4E37" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>22 d. 8.00</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
@@ -12032,158 +12357,158 @@
               <w:t xml:space="preserve"> 11.00</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="502CCF63" w14:textId="4BF43D5B" w:rsidR="7D9B4E37" w:rsidRPr="00D755B3" w:rsidRDefault="7D9B4E37" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Edukacinė išvyka „Kalėdiniai Raseiniai</w:t>
             </w:r>
             <w:r w:rsidR="001A02D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A314BB0" w14:textId="56BCE0A3" w:rsidR="7D9B4E37" w:rsidRPr="00D755B3" w:rsidRDefault="7D9B4E37" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="156F00A6" w14:textId="2EF5C721" w:rsidR="7D9B4E37" w:rsidRPr="00D755B3" w:rsidRDefault="7D9B4E37" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Kosienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="17E45B35" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="63890B28" w14:textId="66214073" w:rsidR="56BBE66A" w:rsidRPr="00D755B3" w:rsidRDefault="7724476D" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>22 d</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -12206,147 +12531,147 @@
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34E5E400" w14:textId="7036EE95" w:rsidR="5A9C972F" w:rsidRPr="00D755B3" w:rsidRDefault="5A9C972F" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rytmetys klasės bendruomenei „Kalėdos jau čia“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6EBE3A34" w14:textId="2EE1BB78" w:rsidR="5D8F966F" w:rsidRPr="00D755B3" w:rsidRDefault="5D8F966F" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5645C09F" w14:textId="17A14A3E" w:rsidR="5D8F966F" w:rsidRPr="00D755B3" w:rsidRDefault="5D8F966F" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Mockuvienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="4A5DD8F0" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="094172FD" w14:textId="1A0B386C" w:rsidR="56BBE66A" w:rsidRPr="00D755B3" w:rsidRDefault="7724476D" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>22 d</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -12370,264 +12695,264 @@
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>12.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0BF4D728" w14:textId="3B803E9B" w:rsidR="56BBE66A" w:rsidRPr="00D755B3" w:rsidRDefault="7724476D" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Technologijų pamoka </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raseinių technologijos ir verslo mokykloje „Kepame kūčiukus“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54AD0D31" w14:textId="50DBC1A6" w:rsidR="530FE19D" w:rsidRPr="00D755B3" w:rsidRDefault="530FE19D" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6DEE4AA9" w14:textId="72B1476F" w:rsidR="530FE19D" w:rsidRPr="00D755B3" w:rsidRDefault="530FE19D" w:rsidP="56BBE66A">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Mockuvienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="47388409" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B502889" w14:textId="41EEA310" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">22 d. </w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">7.30 val. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3D2FD501" w14:textId="77777777" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kalėdinis rytmetys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F0B5AE8" w14:textId="77777777" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="21AB646E" w14:textId="77777777" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>L. Baltrušaitienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="12F522E6" w14:textId="77777777" w:rsidTr="006905BE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12645,124 +12970,124 @@
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C0A87F0" w14:textId="77777777" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>22 d.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="012839E2" w14:textId="5E62D8F0" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>12.00 val.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7F41447A" w14:textId="21062487" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kalėdinė popietė  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="05ECF110" w14:textId="371CF8A6" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4b </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -12795,247 +13120,247 @@
               <w:t>R. Petkienė,  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43C09586" w14:textId="77777777" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Rapolienė,  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DE8B1AD" w14:textId="4E351E34" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F41FC9">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Žickienė </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="4FC11510" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E64F527" w14:textId="23042835" w:rsidR="0E6A8CFC" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="5605C390">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk215572281"/>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0FB2E02B" w14:textId="63AA28C8" w:rsidR="71EDCF72" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="371536D0">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gerumo akcija „Atvirukas vienišam žmogui“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B613942" w14:textId="04080514" w:rsidR="64A88079" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="5605C390">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C9540D4" w14:textId="78C51105" w:rsidR="64A88079" w:rsidRPr="00D755B3" w:rsidRDefault="00FF59ED" w:rsidP="5605C390">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>L. Galinaitienė,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:br/>
               <w:t>V. Paškauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="42AF290A" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5699CED5" w14:textId="77777777" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65A0B4D7" w14:textId="03DC33CB" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalyvavimas rajono</w:t>
             </w:r>
             <w:r w:rsidR="00D31464" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -13044,1008 +13369,989 @@
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> renginiuose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="614698C9" w14:textId="77777777" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6C603A72" w14:textId="77777777" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="5E7A2BD8" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="45920AA9" w14:textId="105F90B8" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EAFD6A8" w14:textId="51427867" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikinis jaunųjų tyrėjų konkursas-edukacinė išvyka „Idėjų mugė“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0ACA95AB" w14:textId="11D871AC" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00D31464" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="09DF993D" w14:textId="77777777" w:rsidR="00D31464" w:rsidRPr="00D755B3" w:rsidRDefault="00FC3682" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R. Vaišvilienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18DC8229" w14:textId="4B1C608C" w:rsidR="00FC3682" w:rsidRPr="00D755B3" w:rsidRDefault="00FC3682" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A. Steponavičienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="32B1720E" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BC3A9AB" w14:textId="3ECFA12B" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00033A68" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Iki 5 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0C50BFCB" w14:textId="21B4C54E" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raseinių rajono ugdymo įstaigų specialiųjų ugdymo(si) poreikių turinčių mokinių kūrybinių darbų paroda „Advento vainikas“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10DA8AD7" w14:textId="4F919B26" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00033A68" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B0D2782" w14:textId="126516E2" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00033A68" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Švietimo pagalbos specialistai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="58529987" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DBB5792" w14:textId="3B2AE574" w:rsidR="00141113" w:rsidRPr="00D755B3" w:rsidRDefault="00141113" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...11 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">12 d. </w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="271B5EF2" w14:textId="72051C0C" w:rsidR="00141113" w:rsidRPr="00D755B3" w:rsidRDefault="00141113" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikinis ikimokyklinio ir priešmokyklinio amžiaus vaikų festivalis ,,Muzikinės Kalėdos“ Raseinių lopšelyje-darželyje ,,Liepaitė“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60163AC3" w14:textId="4911DAAA" w:rsidR="00141113" w:rsidRPr="00D755B3" w:rsidRDefault="00141113" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG ansamblis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FD9244E" w14:textId="4CFE9196" w:rsidR="00141113" w:rsidRPr="00D755B3" w:rsidRDefault="00141113" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E. Budrienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="6A707F93" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50C54D54" w14:textId="29CBB414" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Iki 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C347425" w14:textId="573D0EA9" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikinis bendrojo ugdymo mokyklų PUG vaikų ir 1</w:t>
             </w:r>
             <w:r w:rsidR="001A02D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 klasių mokinių virtualus piešinių konkursas ,,Žiemos magija“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7FA426AC" w14:textId="77777777" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4358871C" w14:textId="45F7728A" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="36440494" w14:textId="2B3BC3C0" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00141113">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="7143B5B9" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F973852" w14:textId="77B157B2" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F903F5">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">15 d. </w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="07585532" w14:textId="740CC5C6" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F903F5">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...21 lines deleted...]
-              <w:t>,,Muzikinis Kalėdinis traukinys, skirtas M. K. Čiurlionio metams“ Raseinių rajono Girkalnio pagrindinėje mokykloje</w:t>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Raseinių rajono bendrojo ugdymo ir specialiojo ugdymo mokyklų mokinių festivalis-konkursas ,,Muzikinis Kalėdinis traukinys, skirtas M. K. Čiurlionio metams“ Raseinių rajono Girkalnio pagrindinėje mokykloje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="62C90381" w14:textId="290C3677" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F903F5">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...22 lines deleted...]
-              <w:t>komandos</w:t>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5–8 klasių komandos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5498495F" w14:textId="4C8B16AB" w:rsidR="00F903F5" w:rsidRPr="00D755B3" w:rsidRDefault="00F903F5" w:rsidP="00F903F5">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D755B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>E. Budrienė,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>D. Rapolienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="4FE1A6A0" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="636F3E8A" w14:textId="306C2FB4" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gruodžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3DBF0CEC" w14:textId="26AEA90F" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Raseinių rajono bendrojo ugdymo įstaigų PUG vaikų ir 1</w:t>
             </w:r>
             <w:r w:rsidR="001A02D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 klasių mokinių advento/Kalėdų vainikų konkursas „Keturių žvakių pasaka“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F1EFDDB" w14:textId="2D0494F9" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="655F9CF0" w14:textId="42FDB0F2" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20148FE9" w14:textId="197A0D75" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="6392322A" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C4FCAF2" w14:textId="1106ECB3" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gruodžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5C297FAD" w14:textId="420D096C" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Respublikos</w:t>
             </w:r>
             <w:r w:rsidR="001A02D8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14062,432 +14368,432 @@
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4) klasių mokinių kūrybinių darbų konkursas „Augu su pasaka“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1B27AA11" w14:textId="23D3D8B8" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PUG</w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F1400EA" w14:textId="5BB3FEBA" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D73EE84" w14:textId="23401A63" w:rsidR="00662148" w:rsidRPr="00D755B3" w:rsidRDefault="00662148" w:rsidP="00662148">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="498EDF5B" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D9C8D39" w14:textId="77777777" w:rsidR="00DC6A5B" w:rsidRPr="00D755B3" w:rsidRDefault="00DC6A5B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="200DDE02" w14:textId="77777777" w:rsidR="00DC6A5B" w:rsidRPr="00D755B3" w:rsidRDefault="00DC6A5B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Klasių tėvų (globėjų, rūpintojų) susirinkimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="675E05EE" w14:textId="77777777" w:rsidR="00DC6A5B" w:rsidRPr="00D755B3" w:rsidRDefault="00DC6A5B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FC17F8B" w14:textId="77777777" w:rsidR="00DC6A5B" w:rsidRPr="00D755B3" w:rsidRDefault="00DC6A5B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="69C63D95" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="69C39A4B" w14:textId="697E4F95" w:rsidR="00312559" w:rsidRPr="00D755B3" w:rsidRDefault="1FAECC3B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">3d. </w:t>
             </w:r>
             <w:r w:rsidR="00FF59ED" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>17.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10032855" w14:textId="0127763E" w:rsidR="00312559" w:rsidRPr="00D755B3" w:rsidRDefault="4E956310" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="1FAECC3B" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ėvų susitikimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="642F0CBC" w14:textId="6480327E" w:rsidR="00312559" w:rsidRPr="00D755B3" w:rsidRDefault="1FAECC3B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C08698D" w14:textId="1FBD1A03" w:rsidR="00312559" w:rsidRPr="00D755B3" w:rsidRDefault="1FAECC3B" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Užemeckienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="39F96DAF" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="364FA2BB" w14:textId="77777777" w:rsidR="00FC3682" w:rsidRPr="00D755B3" w:rsidRDefault="00FC3682" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">11 d.  18.00 val. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2822BA39" w14:textId="22A5A6BF" w:rsidR="00FC3682" w:rsidRPr="00D755B3" w:rsidRDefault="00FC3682" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nuotolinis mokinių ir jų tėvų susirinkimas „</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Džiaugsmai ir nesėkmės klasėje.  2025</w:t>
             </w:r>
             <w:r w:rsidR="00036C24">
               <w:rPr>
@@ -14497,501 +14803,501 @@
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2026 m. m.  pirmojo pusmečio (signalinio)  situacija“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="574EF1D3" w14:textId="77777777" w:rsidR="00FC3682" w:rsidRPr="00D755B3" w:rsidRDefault="00FC3682" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0AA012AF" w14:textId="77777777" w:rsidR="00FC3682" w:rsidRPr="00D755B3" w:rsidRDefault="00FC3682" w:rsidP="0069683E">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>V. Buivydienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="67AE183D" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D019C9A" w14:textId="77FDDB2B" w:rsidR="7A15BCBE" w:rsidRPr="00D755B3" w:rsidRDefault="70B0CA07" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–2 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2A69FADE" w14:textId="2035BF41" w:rsidR="7A15BCBE" w:rsidRPr="00D755B3" w:rsidRDefault="70B0CA07" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="7266CAC8" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dividualūs trišaliai pokalbiai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0EEA2DE5" w14:textId="6071E394" w:rsidR="7A15BCBE" w:rsidRPr="00D755B3" w:rsidRDefault="70B0CA07" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="29578981" w14:textId="147346BD" w:rsidR="7A15BCBE" w:rsidRPr="00D755B3" w:rsidRDefault="70B0CA07" w:rsidP="15535E53">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>D. Kosienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="534FCE76" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BDA4E43" w14:textId="5F5AA985" w:rsidR="001F4C9B" w:rsidRPr="00D755B3" w:rsidRDefault="538EF9EA" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0BE345A0" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="70F92E56" w14:textId="72D24FC6" w:rsidR="00C94884" w:rsidRPr="00D755B3" w:rsidRDefault="538EF9EA" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Individualūs trišaliai pokalbiai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="22739CD2" w14:textId="13FB8DF9" w:rsidR="00C94884" w:rsidRPr="00D755B3" w:rsidRDefault="538EF9EA" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4853D644" w14:textId="30F1AF90" w:rsidR="00C94884" w:rsidRPr="00D755B3" w:rsidRDefault="538EF9EA" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>V. Petrauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="7F1EF25D" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="526A0A58" w14:textId="7A402030" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1–3 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="491BC4D5" w14:textId="384755E3" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Individualūs trišaliai pokalbiai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="495B0AAD" w14:textId="21D1D3BF" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="44B56CE2" w14:textId="0A20B9DE" w:rsidR="00F41FC9" w:rsidRPr="00D755B3" w:rsidRDefault="00F41FC9" w:rsidP="00F37025">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>R. Petkienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="5FF3E30C" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15083,196 +15389,196 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D755B3" w:rsidRPr="00D755B3" w14:paraId="17686DC7" w14:textId="77777777" w:rsidTr="00FF59ED">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1316" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="53BD644D" w14:textId="713F15A9" w:rsidR="00E76B93" w:rsidRPr="00D755B3" w:rsidRDefault="00DE40C2" w:rsidP="00312559">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–</w:t>
             </w:r>
             <w:r w:rsidR="6E028169" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 sav.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A3FAC43" w14:textId="3C41A5A9" w:rsidR="00E76B93" w:rsidRPr="00D755B3" w:rsidRDefault="6E028169" w:rsidP="00312559">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Akcija „Knygų Kalėdos“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2BBD94B2" w14:textId="5F72E398" w:rsidR="00E76B93" w:rsidRPr="00D755B3" w:rsidRDefault="00DE40C2" w:rsidP="00312559">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1–</w:t>
             </w:r>
             <w:r w:rsidR="6E028169" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2295" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7C76FF91" w14:textId="49AE6FDB" w:rsidR="00E76B93" w:rsidRPr="00D755B3" w:rsidRDefault="6E028169" w:rsidP="00312559">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H.</w:t>
             </w:r>
             <w:r w:rsidR="00DE40C2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gailienė</w:t>
             </w:r>
             <w:r w:rsidR="00B85FB2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5854DE7F" w14:textId="2721CBED" w:rsidR="00E76B93" w:rsidRPr="00D755B3" w:rsidRDefault="6E028169" w:rsidP="00312559">
             <w:pPr>
-              <w:pStyle w:val="Betarp"/>
+              <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L.</w:t>
             </w:r>
             <w:r w:rsidR="00DE40C2" w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D755B3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15340,61 +15646,61 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>direktoriaus pavaduotoja ugdymui </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66518E39" w14:textId="77777777" w:rsidR="001B159E" w:rsidRPr="00D755B3" w:rsidRDefault="001B159E"/>
     <w:p w14:paraId="6E97C067" w14:textId="77777777" w:rsidR="00F41FC9" w:rsidRDefault="00F41FC9"/>
     <w:sectPr w:rsidR="00F41FC9" w:rsidSect="00036C24">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F6C319C" w14:textId="77777777" w:rsidR="004B6577" w:rsidRDefault="004B6577" w:rsidP="00036C24">
+    <w:p w14:paraId="0F9EB64F" w14:textId="77777777" w:rsidR="007A3A50" w:rsidRDefault="007A3A50" w:rsidP="00036C24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D67BEEC" w14:textId="77777777" w:rsidR="004B6577" w:rsidRDefault="004B6577" w:rsidP="00036C24">
+    <w:p w14:paraId="5437B834" w14:textId="77777777" w:rsidR="007A3A50" w:rsidRDefault="007A3A50" w:rsidP="00036C24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -15404,109 +15710,109 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59960FAF" w14:textId="77777777" w:rsidR="004B6577" w:rsidRDefault="004B6577" w:rsidP="00036C24">
+    <w:p w14:paraId="56312A83" w14:textId="77777777" w:rsidR="007A3A50" w:rsidRDefault="007A3A50" w:rsidP="00036C24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15788885" w14:textId="77777777" w:rsidR="004B6577" w:rsidRDefault="004B6577" w:rsidP="00036C24">
+    <w:p w14:paraId="19DB9333" w14:textId="77777777" w:rsidR="007A3A50" w:rsidRDefault="007A3A50" w:rsidP="00036C24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1691331906"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2647DB30" w14:textId="329705DA" w:rsidR="00036C24" w:rsidRDefault="00036C24">
         <w:pPr>
-          <w:pStyle w:val="Antrats"/>
+          <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7B4D337E" w14:textId="77777777" w:rsidR="00036C24" w:rsidRDefault="00036C24">
     <w:pPr>
-      <w:pStyle w:val="Antrats"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0329DE18"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86FA8FF2"/>
     <w:lvl w:ilvl="0" w:tplc="A02A0B60">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E594EA12">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -18234,52 +18540,51 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="300229018">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="530344425">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="125977919">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1031800758">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1716388403">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="131019562">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="164"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC6A5B"/>
     <w:rsid w:val="0000754F"/>
@@ -18321,50 +18626,52 @@
     <w:rsid w:val="004B6577"/>
     <w:rsid w:val="004B70EE"/>
     <w:rsid w:val="004C297A"/>
     <w:rsid w:val="004C3934"/>
     <w:rsid w:val="00535E6A"/>
     <w:rsid w:val="005622D5"/>
     <w:rsid w:val="0058693D"/>
     <w:rsid w:val="005A178E"/>
     <w:rsid w:val="005D2587"/>
     <w:rsid w:val="005F1D4E"/>
     <w:rsid w:val="005F22E1"/>
     <w:rsid w:val="0061342F"/>
     <w:rsid w:val="00643DFC"/>
     <w:rsid w:val="006522BB"/>
     <w:rsid w:val="006524D4"/>
     <w:rsid w:val="00656F00"/>
     <w:rsid w:val="00662148"/>
     <w:rsid w:val="00694B4F"/>
     <w:rsid w:val="006C1853"/>
     <w:rsid w:val="006C3692"/>
     <w:rsid w:val="0070876D"/>
     <w:rsid w:val="007101C8"/>
     <w:rsid w:val="00734965"/>
     <w:rsid w:val="0074185D"/>
     <w:rsid w:val="0076505F"/>
+    <w:rsid w:val="0077786E"/>
+    <w:rsid w:val="007A3A50"/>
     <w:rsid w:val="007D3E0B"/>
     <w:rsid w:val="007D3F24"/>
     <w:rsid w:val="007E3224"/>
     <w:rsid w:val="00833A56"/>
     <w:rsid w:val="00892FDB"/>
     <w:rsid w:val="008B258C"/>
     <w:rsid w:val="008E70B4"/>
     <w:rsid w:val="00922AC5"/>
     <w:rsid w:val="009538F3"/>
     <w:rsid w:val="009A578D"/>
     <w:rsid w:val="009B249C"/>
     <w:rsid w:val="009C5B40"/>
     <w:rsid w:val="00A15238"/>
     <w:rsid w:val="00A26698"/>
     <w:rsid w:val="00A43135"/>
     <w:rsid w:val="00A63B36"/>
     <w:rsid w:val="00A97061"/>
     <w:rsid w:val="00AA7943"/>
     <w:rsid w:val="00AB7977"/>
     <w:rsid w:val="00AC15C7"/>
     <w:rsid w:val="00AC500A"/>
     <w:rsid w:val="00AC764F"/>
     <w:rsid w:val="00AE16B7"/>
     <w:rsid w:val="00AE2399"/>
     <w:rsid w:val="00B05B7D"/>
@@ -18384,50 +18691,51 @@
     <w:rsid w:val="00D21F4A"/>
     <w:rsid w:val="00D31464"/>
     <w:rsid w:val="00D54F58"/>
     <w:rsid w:val="00D755B3"/>
     <w:rsid w:val="00DC6A5B"/>
     <w:rsid w:val="00DE40C2"/>
     <w:rsid w:val="00E0390A"/>
     <w:rsid w:val="00E04409"/>
     <w:rsid w:val="00E53870"/>
     <w:rsid w:val="00E702AA"/>
     <w:rsid w:val="00E76B93"/>
     <w:rsid w:val="00E93464"/>
     <w:rsid w:val="00EA68BA"/>
     <w:rsid w:val="00ED364E"/>
     <w:rsid w:val="00EF2028"/>
     <w:rsid w:val="00F14464"/>
     <w:rsid w:val="00F322F1"/>
     <w:rsid w:val="00F357D2"/>
     <w:rsid w:val="00F37025"/>
     <w:rsid w:val="00F41FC9"/>
     <w:rsid w:val="00F46931"/>
     <w:rsid w:val="00F903F5"/>
     <w:rsid w:val="00FA6D95"/>
     <w:rsid w:val="00FB11AA"/>
     <w:rsid w:val="00FC3682"/>
+    <w:rsid w:val="00FE72C4"/>
     <w:rsid w:val="00FF209C"/>
     <w:rsid w:val="00FF59ED"/>
     <w:rsid w:val="01038675"/>
     <w:rsid w:val="011F3566"/>
     <w:rsid w:val="0120DBC6"/>
     <w:rsid w:val="0131FB34"/>
     <w:rsid w:val="01322222"/>
     <w:rsid w:val="016C7B43"/>
     <w:rsid w:val="01711752"/>
     <w:rsid w:val="01777D5F"/>
     <w:rsid w:val="017EBEBB"/>
     <w:rsid w:val="017FD6D1"/>
     <w:rsid w:val="0199EC75"/>
     <w:rsid w:val="01B282FA"/>
     <w:rsid w:val="0219F4E5"/>
     <w:rsid w:val="0236DDBA"/>
     <w:rsid w:val="02392DF2"/>
     <w:rsid w:val="024092E2"/>
     <w:rsid w:val="0242B8A8"/>
     <w:rsid w:val="0281F41E"/>
     <w:rsid w:val="0286029E"/>
     <w:rsid w:val="02945651"/>
     <w:rsid w:val="02B03BBA"/>
     <w:rsid w:val="02B6B643"/>
     <w:rsid w:val="02BED9BF"/>
@@ -20315,251 +20623,251 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D31464"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat1Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00ED364E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0B5294" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="prastasis"/>
-[...1 lines deleted...]
-    <w:link w:val="Antrat3Diagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="073662" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Betarp">
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F14464"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="073662" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrat1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00ED364E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0B5294" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Lentelstinklelis">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="prastojilentel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F41FC9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
-    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F41FC9"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F41FC9"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrats">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:link w:val="AntratsDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00036C24"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrats"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00036C24"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Porat">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:link w:val="PoratDiagrama"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00036C24"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Porat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00036C24"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="52626553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="105663619">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
@@ -20866,50 +21174,81 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="94a38cc3-7203-4f48-a1af-5af99f266ec9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="140b9b35-154c-49af-a69f-ed4bf69934b6" xsi:nil="true"/>
+    <SharedWithUsers xmlns="140b9b35-154c-49af-a69f-ed4bf69934b6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100421B06C4482BEB4B9C93AACD7C83C1AD" ma:contentTypeVersion="18" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="3e789e065bb5d0403aa926c9bb6ada46">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="94a38cc3-7203-4f48-a1af-5af99f266ec9" xmlns:ns3="140b9b35-154c-49af-a69f-ed4bf69934b6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4a6849022fc93b2dfcc306acc4b63bfe" ns2:_="" ns3:_="">
     <xsd:import namespace="94a38cc3-7203-4f48-a1af-5af99f266ec9"/>
     <xsd:import namespace="140b9b35-154c-49af-a69f-ed4bf69934b6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
@@ -21120,157 +21459,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A432AF8A-EC2F-4F37-BA6A-593FA64BA3CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD814B2C-634F-48AC-B8C6-36BE8C281433}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{516B3D2C-879A-4461-9AEF-50916B149458}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="94a38cc3-7203-4f48-a1af-5af99f266ec9"/>
+    <ds:schemaRef ds:uri="140b9b35-154c-49af-a69f-ed4bf69934b6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EDB2172-70FC-49B2-ABA6-A1ECD76B1C7E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="94a38cc3-7203-4f48-a1af-5af99f266ec9"/>
     <ds:schemaRef ds:uri="140b9b35-154c-49af-a69f-ed4bf69934b6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3644</Characters>
+  <Pages>5</Pages>
+  <Words>6508</Words>
+  <Characters>3711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10015</CharactersWithSpaces>
+  <CharactersWithSpaces>10199</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vida Linkytė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100421B06C4482BEB4B9C93AACD7C83C1AD</vt:lpwstr>
   </property>