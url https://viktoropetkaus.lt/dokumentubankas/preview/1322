--- v0 (2025-10-07)
+++ v1 (2026-01-28)
@@ -84,201 +84,201 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">progimnazijos </w:t>
       </w:r>
       <w:r w:rsidR="003D12BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF04F3F" w14:textId="164A8789" w:rsidR="003D38AD" w:rsidRPr="001A5586" w:rsidRDefault="003D12BA" w:rsidP="003E717F">
+    <w:p w14:paraId="5CF04F3F" w14:textId="7FFE96A2" w:rsidR="003D38AD" w:rsidRPr="001A5586" w:rsidRDefault="003D12BA" w:rsidP="003E717F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103" w:right="-22" w:firstLine="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="008D657B">
-[...6 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="001C5102">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="002011CF">
-[...6 lines deleted...]
-        <w:t>rugsėjo</w:t>
+      <w:r w:rsidR="00E56E76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>sausio</w:t>
       </w:r>
       <w:r w:rsidR="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009646A7">
-[...6 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="006E6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>15</w:t>
       </w:r>
       <w:r w:rsidR="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E21617" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1D175B" w14:textId="54D4E4A5" w:rsidR="003D38AD" w:rsidRPr="001A5586" w:rsidRDefault="00F872E3" w:rsidP="003E717F">
+    <w:p w14:paraId="0A1D175B" w14:textId="64E5B6E4" w:rsidR="003D38AD" w:rsidRPr="001A5586" w:rsidRDefault="00F872E3" w:rsidP="003E717F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103" w:firstLine="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įsakymu Nr. V-</w:t>
       </w:r>
       <w:r w:rsidR="00032A7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidR="007C566D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00032A7A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="009646A7">
-[...6 lines deleted...]
-        <w:t>201</w:t>
+      <w:r w:rsidR="006E6270">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1915AE04" w14:textId="77777777" w:rsidR="003D38AD" w:rsidRDefault="003D38AD" w:rsidP="003D38AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="197AAE43" w14:textId="77777777" w:rsidR="004011BF" w:rsidRPr="003D38AD" w:rsidRDefault="004011BF" w:rsidP="003D38AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5387"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -732,128 +732,184 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00990E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Piniginė išmoka</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00990E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F31CB9" w14:textId="77777777" w:rsidR="00990E82" w:rsidRDefault="00990E82" w:rsidP="00F34EE5">
+    <w:p w14:paraId="43F31CB9" w14:textId="404A4769" w:rsidR="00990E82" w:rsidRDefault="00290005" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mokėjimas už darbą poilsio ir švenčių dienomis, nakties ir viršvalandinį darbą, darbą, kai yra nukrypimų nuo normalių darbo sąlygų</w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00990E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okėjimas už darbą poilsio ir švenčių dienomis, nakties ir viršvalandinį darbą, darbą, kai yra nukrypimų nuo normalių darbo sąlygų</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00990E82">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49916187" w14:textId="77777777" w:rsidR="00990E82" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
+    <w:p w14:paraId="49916187" w14:textId="7AD23CF1" w:rsidR="00990E82" w:rsidRDefault="00290005" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00990E82">
-[...8 lines deleted...]
-    <w:p w14:paraId="7A7ED350" w14:textId="6F8E0E34" w:rsidR="000348AC" w:rsidRDefault="00990E82" w:rsidP="00F34EE5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003D38AD" w:rsidRPr="00990E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riemokos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7ED350" w14:textId="48AAD0BC" w:rsidR="000348AC" w:rsidRDefault="00290005" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>kintamoji dalis (sistemoje numatytais atvejais).</w:t>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00990E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>intamoji dalis (</w:t>
+      </w:r>
+      <w:r w:rsidR="002654CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsižvelgiant į praėjusių metų veiklos vertinimą (galioja iki 2026 m. sausio 1 d.</w:t>
+      </w:r>
+      <w:r w:rsidR="00990E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002654CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pereinamuoju laikotarpiu (iki įvyks 2025 m. veiklos vertinimai, bet ne ilgiau kaip iki 2026 m. vasario 28 d.) darbuotojams nustatomas pareiginės algos koeficientas įskaičiuojant ir darbuotojo gaunamą kintamąją dalį</w:t>
+      </w:r>
+      <w:r w:rsidR="00990E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E352331" w14:textId="16E38FD8" w:rsidR="00990E82" w:rsidRPr="00990E82" w:rsidRDefault="00990E82" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -1008,80 +1064,73 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A lygio – pareigybės, kurioms būtinas ne žemesnis kaip aukštasis išsilavinimas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="371F7249" w14:textId="17250D25" w:rsidR="003B3335" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1.1. A1 lygio – pareigybės, kurioms būtinas ne žemesnis kaip aukštasis universitetinis išsilavinimas su magistro kvalifikacinio laipsniu ar jam prilygintu išsilavinimu</w:t>
       </w:r>
       <w:r w:rsidR="003B3335" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A1 lygio pareigybėms </w:t>
-[...7 lines deleted...]
-        <w:t>pareiginės algos pastoviosios dalies koeficientas didinamas</w:t>
+        <w:t>A1 lygio pareigybėms pareiginės algos pastoviosios dalies koeficientas didinamas</w:t>
       </w:r>
       <w:r w:rsidR="00010F20" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20 </w:t>
       </w:r>
       <w:r w:rsidR="00127933" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roc.;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700B8523" w14:textId="0495E792" w:rsidR="003C4A53" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
       <w:pPr>
@@ -1182,161 +1231,161 @@
         </w:rPr>
         <w:t>, įgytas iki 2009 metų,</w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar specialus vidurinis išsilavinimas, įgyt</w:t>
       </w:r>
       <w:r w:rsidR="00010F20" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iki 1995 metų;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA48391" w14:textId="5EEFAFE8" w:rsidR="000348AC" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
+    <w:p w14:paraId="3DA48391" w14:textId="0A455CBA" w:rsidR="000348AC" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DA6AC8" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3. C lygio – pareigybės, kurioms būtinas ne žemesnis kaip vidurinis išsilavinimas ir (ar) įgyta profesinė kvalifikacija;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B582225" w14:textId="1CCABD36" w:rsidR="000348AC" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
+        <w:t>3. C lygio – pareigybės, kurioms būtinas ne žemesnis kaip vidurinis išsilavinimas ir (ar) įgyta kvalifikacija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B582225" w14:textId="47E45E7B" w:rsidR="000348AC" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DA6AC8" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000348AC" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4. D lygio – pareigybės, kurioms netaikomi išsilavinimo ar profesinės kvalifikacijos reikalavimai.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6032E0F7" w14:textId="38FFED56" w:rsidR="006665A2" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
+        <w:t>4. D lygio – pareigybės, kurioms netaikomi išsilavinimo ar kvalifikacijos reikalavimai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6032E0F7" w14:textId="5F957383" w:rsidR="006665A2" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA0E4E" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Progimnazijos direktorius, vadovaudamasis Lietuvos Respublikos ekonomikos ir inovacijų ministro patvirtintu Lietuvos profesijų klasifikatoriumi ir </w:t>
-[...15 lines deleted...]
-        <w:t>, tvirtina Progimnazijos darbuotojų pareigybių sąrašą ir pareigybių aprašymus.</w:t>
+        <w:t>Progimnazijos direktorius, vadovaudamasis Lietuvos Respublikos ekonomikos ir inovacijų ministro patvirtintu Lietuvos profesijų klasifikatoriumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00452E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvirtina Progimnazijos darbuotojų pareigybių sąrašą ir pareigybių aprašymus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AED4D28" w14:textId="674178E7" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
@@ -1613,51 +1662,51 @@
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minimalus darbo užmokestis – mažiausias leidžiamas a</w:t>
       </w:r>
       <w:r w:rsidR="00110C5A" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tlygis už nekvalifikuotą darbą d</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojui atitinkamai už vieną valandą ar visą kalendorinio mėnesio darbo laiko normą. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4573503E" w14:textId="77777777" w:rsidR="003C4A53" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
+    <w:p w14:paraId="4573503E" w14:textId="1BB52962" w:rsidR="003C4A53" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1674,51 +1723,51 @@
       </w:r>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00110C5A" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nekvalifikuotu darbu l</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>aikomas darbas, kuriam atlikti nekeliami jokie specialūs kvalifikacinių įgūdžių ar profesinių gebėjimų reikalavimai.</w:t>
+        <w:t>aikomas darbas, kuriam atlikti nekeliami jokie specialūs kvalifikacinių įgūdžių ar gebėjimų reikalavimai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13629C06" w14:textId="10AA45BA" w:rsidR="000348AC" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1897,52 +1946,60 @@
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Už viršvalandinį darbą poilsio dieną, kuri nenustatyta pagal darbo grafiką, ar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Už viršvalandinį darbą poilsio dieną, kuri nenustatyta pagal darbo grafiką, ar viršvalandinį darbą naktį mokamas dvigubas darbuotojo darbo užmokestis.</w:t>
+        <w:t>viršvalandinį darbą naktį mokamas dvigubas darbuotojo darbo užmokestis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12AF85A8" w14:textId="77777777" w:rsidR="00313E0D" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2595,98 +2652,112 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="315B2E1E" w14:textId="77777777" w:rsidR="00F34EE5" w:rsidRDefault="00F34EE5" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="3FBDE239" w14:textId="77777777" w:rsidR="00DF3771" w:rsidRDefault="00DF3771" w:rsidP="00F34EE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3796127D" w14:textId="77777777" w:rsidR="004011BF" w:rsidRDefault="004011BF" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01282A51" w14:textId="77777777" w:rsidR="004011BF" w:rsidRPr="00F34EE5" w:rsidRDefault="004011BF" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E0A894E" w14:textId="1F324A22" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>V SKIRSNIS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="554266C7" w14:textId="48CA6D56" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="216" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PRIEMOKŲ, </w:t>
@@ -3106,51 +3177,51 @@
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Už papildomą raštu suformuluotų užduočių atlikimą, kai dėl to viršijamas įprastas darbo krūvis arba kai atliekamos pareigybės aprašyme nustatytos funkcijos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73804A0A" w14:textId="44EE0CC2" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="008D657B">
+    <w:p w14:paraId="73804A0A" w14:textId="44EE0CC2" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00A65CE4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3272,51 +3343,51 @@
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus įsakymu, neviršijant darbuotojui nustatytos pareiginės algos pastoviosios dalies dydžio ir neviršijant </w:t>
       </w:r>
       <w:r w:rsidR="00032A7A" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbo užmokesčiui skirtų lėšų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35794E72" w14:textId="72A45D94" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00C65AEF" w:rsidP="00F34EE5">
+    <w:p w14:paraId="674CB7BE" w14:textId="39F8D6DD" w:rsidR="00F34EE5" w:rsidRDefault="00C65AEF" w:rsidP="00E534DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijos darbuotojas nėra skatinamas</w:t>
@@ -3356,67 +3427,51 @@
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidR="00C2321D" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>padaro pareigų, nustatytų darbo teisės normose, darbo tvarkos taisyklėse, darbo sutartyje ar kituose lokaliniuose teisės aktuose, pažeidimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C34D33" w14:textId="77777777" w:rsidR="003D38AD" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
-[...15 lines deleted...]
-    <w:p w14:paraId="674CB7BE" w14:textId="77777777" w:rsidR="00F34EE5" w:rsidRPr="00F34EE5" w:rsidRDefault="00F34EE5" w:rsidP="00F34EE5">
+    <w:p w14:paraId="31408351" w14:textId="77777777" w:rsidR="00E534DD" w:rsidRPr="00E534DD" w:rsidRDefault="00E534DD" w:rsidP="00E534DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24755294" w14:textId="77777777" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -3472,60 +3527,51 @@
     <w:p w14:paraId="48D62CE1" w14:textId="3A245C00" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Darbo užmokestis darbuotojui mokamas ne rečiau kaip du kartus per mėnesį, o jeigu </w:t>
-[...8 lines deleted...]
-        <w:t>darbuotojas prašo – kartą per mėnesį.</w:t>
+        <w:t>Darbo užmokestis darbuotojui mokamas ne rečiau kaip du kartus per mėnesį, o jeigu darbuotojas prašo – kartą per mėnesį.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B848243" w14:textId="022E793D" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3539,50 +3585,51 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Darbo užmokestis mokamas tik pinigais, pervedant į darbuotojo nurodytą asmeninę sąskaitą banke.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07518497" w14:textId="3F5DC9E1" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4030,217 +4077,245 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39CC2412" w14:textId="77777777" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>VIII SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6790A805" w14:textId="77777777" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
+    <w:p w14:paraId="6790A805" w14:textId="2786479D" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>LIGOS PAŠALPOS MOKĖJIMAS</w:t>
+        <w:t xml:space="preserve">LIGOS </w:t>
+      </w:r>
+      <w:r w:rsidR="00877306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>IŠMOKOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F34EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MOKĖJIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338AADB8" w14:textId="77777777" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A3746E1" w14:textId="55438ED6" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00E70479" w:rsidP="00F34EE5">
+    <w:p w14:paraId="6A3746E1" w14:textId="5CC66C75" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00E70479" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ligos pašalpa mokama už pirmąsias dvi kalendorine</w:t>
+        <w:t xml:space="preserve">Ligos </w:t>
+      </w:r>
+      <w:r w:rsidR="00877306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išmoka</w:t>
+      </w:r>
+      <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokama už pirmąsias dvi kalendorine</w:t>
       </w:r>
       <w:r w:rsidR="00600462" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s ligos dienas, sutampančias su </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbuotojo darbo grafiku. </w:t>
       </w:r>
       <w:r w:rsidR="00473E9F" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mokama ligos pašalpa negali būti mažesnė negu 62,06 procentų pašalpos gavėjo vidutinio uždarbio, apskaičiuoto Lietuvos Respublikos Vyriausybės nustatyta tvarka.</w:t>
+        <w:t xml:space="preserve">Mokama ligos </w:t>
+      </w:r>
+      <w:r w:rsidR="00877306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išmoka</w:t>
+      </w:r>
+      <w:r w:rsidR="00473E9F" w:rsidRPr="00F34EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> negali būti mažesnė negu 62,06 procentų </w:t>
+      </w:r>
+      <w:r w:rsidR="00877306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išmokos</w:t>
+      </w:r>
+      <w:r w:rsidR="00473E9F" w:rsidRPr="00F34EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gavėjo vidutinio uždarbio, apskaičiuoto Lietuvos Respublikos Vyriausybės nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2BB2A7" w14:textId="6D787F3E" w:rsidR="00DE7549" w:rsidRPr="00F34EE5" w:rsidRDefault="003D38AD" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pagrindas skirti ligos išmoką yra nedarbingumo pažymėjimas, išduotas pagal sveikatos apsaugos ministro ir socialinės apsaugos ir darbo ministro tvirtinamas Elektroninių nedarbingumo pažymėjimų bei elektroninių nėštumo ir gimdymo atostogų pažymėjimų išdavimo taisykles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E10348" w14:textId="77777777" w:rsidR="00DE7549" w:rsidRDefault="00DE7549" w:rsidP="00F34EE5">
-[...41 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="20F85028" w14:textId="77777777" w:rsidR="004011BF" w:rsidRPr="00F34EE5" w:rsidRDefault="004011BF" w:rsidP="00E534DD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56A41487" w14:textId="465CF0DA" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="005117EA" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4549,51 +4624,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A1 lygio pareigybėms pareiginės algos koeficientas didinamas 20 proc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4B0AC8" w14:textId="26A1D9B4" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00671ED9" w:rsidP="00F34EE5">
+    <w:p w14:paraId="3E4B0AC8" w14:textId="247C8B07" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00671ED9" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
@@ -4608,65 +4683,57 @@
       </w:r>
       <w:r w:rsidR="00006D2F" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">švietimo </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pagalbos specialistų kvalifikacinės kategorijos nustatomos </w:t>
       </w:r>
       <w:r w:rsidR="00145482" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">LR </w:t>
       </w:r>
-      <w:r w:rsidR="00DC26C7">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vietimo</w:t>
+        <w:t>Švietimo</w:t>
       </w:r>
       <w:r w:rsidR="00145482" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo </w:t>
       </w:r>
       <w:r w:rsidR="00145482" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir sporto </w:t>
       </w:r>
@@ -5255,51 +5322,51 @@
       <w:r w:rsidR="00671ED9" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Progimnazijo</w:t>
       </w:r>
       <w:r w:rsidR="00E70479" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>je</w:t>
       </w:r>
       <w:r w:rsidR="00F872E3" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ugdoma (mokoma) 10 ar daugiau užsieniečių ar Lietuvos Respublikos piliečių, atvykusių gyventi į Lietuvos Respubliką, nemokančių valstybinės kalbos, dvejus metus nuo mokinio mokymosi pagal bendrojo ugdymo  programas pradžios Lietuvos Respublikoje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC12A46" w14:textId="3FB68423" w:rsidR="00E70479" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA3F18" w:rsidP="00F34EE5">
+    <w:p w14:paraId="6BC12A46" w14:textId="34CE2A59" w:rsidR="00E70479" w:rsidRPr="00F34EE5" w:rsidRDefault="00EA3F18" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>49.2.</w:t>
       </w:r>
       <w:r w:rsidR="00400F9B" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5308,51 +5375,59 @@
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriaus pavaduotojui ugdymui pareiginės algos koeficientas nustatomas iš naujo pasikeitus mokinių skaičiui, pedagoginio darbo stažui, veiklos</w:t>
       </w:r>
       <w:r w:rsidR="00400F9B" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sudėtingumui;</w:t>
+        <w:t xml:space="preserve"> sudėtingumui</w:t>
+      </w:r>
+      <w:r w:rsidR="0037400C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B6B75C" w14:textId="64A03872" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00BC7FDB" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>49.3.</w:t>
       </w:r>
@@ -5748,51 +5823,50 @@
         </w:rPr>
         <w:t>gamtos ir žmogaus mokytojui;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F227178" w14:textId="3027A20A" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00BC7FDB" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>49.3.7.</w:t>
       </w:r>
       <w:r w:rsidR="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informacinių technologijų mokytojui;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0767C1EB" w14:textId="7B80363E" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00BC7FDB" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
@@ -6061,50 +6135,51 @@
         </w:rPr>
         <w:t>muzikos mokytojui;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12232F00" w14:textId="7EE4CA3D" w:rsidR="003D38AD" w:rsidRPr="00F34EE5" w:rsidRDefault="00CC3D5C" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>49.3.15.</w:t>
       </w:r>
       <w:r w:rsidR="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="00F34EE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>okio mokytojui;</w:t>
@@ -7682,51 +7757,50 @@
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="193CDE23" w14:textId="5DBB47CE" w:rsidR="000B279E" w:rsidRDefault="000B279E" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B279E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>49.</w:t>
       </w:r>
       <w:r w:rsidR="0031453F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="000B279E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008A1BD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
@@ -7963,62 +8037,71 @@
         </w:rPr>
         <w:t xml:space="preserve">ugdymo </w:t>
       </w:r>
       <w:r w:rsidR="00A83709">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>karjer</w:t>
       </w:r>
       <w:r w:rsidR="00460B8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
       <w:r w:rsidR="00A83709">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> specialistams, psichologams, socialiniams pedagogams</w:t>
+        <w:t xml:space="preserve"> specialistams, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83709">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>psichologams, socialiniams pedagogams</w:t>
       </w:r>
       <w:r w:rsidR="00460B8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6FE551" w14:textId="51FFA9C6" w:rsidR="00A83709" w:rsidRDefault="00A83709" w:rsidP="00F34EE5">
+    <w:p w14:paraId="2F6FE551" w14:textId="64F31858" w:rsidR="00A83709" w:rsidRDefault="00A83709" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>49.</w:t>
       </w:r>
       <w:r w:rsidR="00460B8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8043,139 +8126,131 @@
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00460B8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 proc. </w:t>
       </w:r>
       <w:r w:rsidR="00460B8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pailginto</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> mokymosi dienos grupės </w:t>
+        <w:t xml:space="preserve">pailginto mokymosi dienos grupės </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>auklėtojams, kurių grupėje ugdomi 2 ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių vidutinių specialiųjų ugdymosi poreikių, ir (arba) 1 ir daugiau mokinių, dėl įgimtų ar įgytų sutrikimų turinčių didelių ar labai didelių specialiųjų ugdymosi poreikių</w:t>
       </w:r>
       <w:r w:rsidR="00D54FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754AAB55" w14:textId="7CC9BA9F" w:rsidR="00D54FBA" w:rsidRPr="00CF61E8" w:rsidRDefault="00D54FBA" w:rsidP="00F34EE5">
+    <w:p w14:paraId="754AAB55" w14:textId="3844BF87" w:rsidR="00D54FBA" w:rsidRPr="00CF61E8" w:rsidRDefault="00D54FBA" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF61E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>49.4.8. 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F5532C">
+      <w:r w:rsidR="004F1B38">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF61E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–202</w:t>
       </w:r>
-      <w:r w:rsidR="00F5532C">
-[...13 lines deleted...]
-        <w:t>, 2026-2027</w:t>
+      <w:r w:rsidR="004F1B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6, 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00C4583C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1B38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF61E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metais didinamas 20 procentų valandų, skiriamų ugdomajai veiklai planuoti, pasiruošti pamokoms, mokinių mokymosi pasiekimams vertinti, skaičius (procentais nuo kontaktinių valandų) mokytojams, dirbantiems pagal 2022–2023 mokslo metais, 2023–2024 mokslo metais ir 2024–2025 mokslo metais pradėtas įgyvendinti pradinio, pagrindinio ir vidurinio ugdymo bendrąsias programas, patvirtintas Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2022 m. rugpjūčio 24 d. įsakymu Nr. V-1269 „Dėl Priešmokyklinio, pradinio, pagrindinio ir vidurinio ugdymo bendrųjų programų patvirtinimo“, už kontaktines valandas, skirtas šioje pastaboje nurodytoms bendrosioms programoms įgyvendinti arba atitinkamai didinamas mokytojo pareiginės algos koeficientas dėl veiklos sudėtingumo už darbą pagal pradinio, pagrindinio ir vidurinio ugdymo bendrąsias programas, vadovaujantis Mokytojų, dirbančių pagal bendrojo ugdymo, profesinio mokymo ir neformaliojo švietimo programas (išskyrus ikimokyklinio ir priešmokyklinio ugdymo programas), darbo krūvio sandaros nustatymo tvarkos aprašu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6831E79B" w14:textId="205D0247" w:rsidR="003D38AD" w:rsidRPr="003D38AD" w:rsidRDefault="00242F08" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8590,75 +8665,91 @@
       <w:r w:rsidR="00460B8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bibliotekininkui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0384F28E" w14:textId="1410CFEA" w:rsidR="00743E1A" w:rsidRPr="003D38AD" w:rsidRDefault="00743E1A" w:rsidP="00F34EE5">
+    <w:p w14:paraId="0384F28E" w14:textId="388674B8" w:rsidR="00743E1A" w:rsidRPr="003D38AD" w:rsidRDefault="00743E1A" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>49.7.2. mokytojo padėjėjui (nuo 2024-09-01 – mokinio padėjėjas);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="045B5E8E" w14:textId="1DE3A915" w:rsidR="003D38AD" w:rsidRPr="003D38AD" w:rsidRDefault="00242F08" w:rsidP="00F34EE5">
+        <w:t>49.7.2. mok</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> padėjėjui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045B5E8E" w14:textId="40FB565A" w:rsidR="003D38AD" w:rsidRPr="003D38AD" w:rsidRDefault="00242F08" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>49.</w:t>
       </w:r>
       <w:r w:rsidR="000845D0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8675,51 +8766,59 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00743E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>raštvedžiui</w:t>
+        <w:t>rašt</w:t>
+      </w:r>
+      <w:r w:rsidR="0045134B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inės administratoriui</w:t>
       </w:r>
       <w:r w:rsidR="00743E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40471D8A" w14:textId="6C0C094C" w:rsidR="003D38AD" w:rsidRPr="003D38AD" w:rsidRDefault="00242F08" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8974,51 +9073,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E70479">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>laborantui;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D092489" w14:textId="5F777C3B" w:rsidR="003D38AD" w:rsidRDefault="00242F08" w:rsidP="00F34EE5">
+    <w:p w14:paraId="142F1C97" w14:textId="12FA86C8" w:rsidR="004011BF" w:rsidRDefault="00242F08" w:rsidP="00E534DD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>49.</w:t>
       </w:r>
       <w:r w:rsidR="00743E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9045,114 +9144,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vairuotojui</w:t>
       </w:r>
       <w:r w:rsidR="00743E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...62 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADF053D" w14:textId="77777777" w:rsidR="004011BF" w:rsidRDefault="004011BF" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -9560,217 +9595,241 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> lygis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B2AB651" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="2B2AB651" w14:textId="327A6A17" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,67 – 1,15</w:t>
+              <w:t>0,7</w:t>
+            </w:r>
+            <w:r w:rsidR="003970C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20A0FD25" w14:textId="148373C5" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="20A0FD25" w14:textId="6A7862CC" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,7</w:t>
+              <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00DB2A6C">
+            <w:r w:rsidR="003970C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>81</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 1,26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B1C455D" w14:textId="38C0E00A" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="5B1C455D" w14:textId="2773184F" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00DB2A6C">
+            <w:r w:rsidR="00A65CE4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>77</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="003970C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 1,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="669DE137" w14:textId="47B081AC" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="669DE137" w14:textId="6B63F306" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,</w:t>
             </w:r>
-            <w:r w:rsidR="00DB2A6C">
+            <w:r w:rsidR="003970C1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>82</w:t>
+              <w:t>91</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 1,49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717821" w:rsidRPr="00682ABF" w14:paraId="270457A8" w14:textId="77777777" w:rsidTr="004F0829">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -9797,174 +9856,254 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B lygis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2B1291" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="7E2B1291" w14:textId="4F31667C" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,62 – 0,94</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 0,94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557433CB" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="557433CB" w14:textId="60AE7A81" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,67 – 1,03</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1,03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65F3DAF8" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="65F3DAF8" w14:textId="1C72B2CA" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,72 – 1,09</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1,09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57244F55" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="57244F55" w14:textId="2E8A0725" w:rsidR="00717821" w:rsidRPr="00682ABF" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,77 – 1,15</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00717821" w:rsidRPr="00FD0B18" w14:paraId="541BA825" w14:textId="77777777" w:rsidTr="004F0829">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3207" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9983,216 +10122,305 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C lygis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A103601" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="5A103601" w14:textId="6C731CC7" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,57 – 0,77</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7293">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 0,77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF4B1FC" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="3AF4B1FC" w14:textId="2854D090" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,62 – 0,81</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7293">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004C5A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 0,81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="585CE06B" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="585CE06B" w14:textId="58D1FB01" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,67 – 0,86</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7293">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="004C5A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 0,86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1A5AD5" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
+          <w:p w14:paraId="7E1A5AD5" w14:textId="65E38516" w:rsidR="00717821" w:rsidRPr="00FD0B18" w:rsidRDefault="00717821" w:rsidP="00824DAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0,72 – 0,92</w:t>
+              <w:t>0,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7293">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="004C5A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 0,92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17514282" w14:textId="77777777" w:rsidR="00717821" w:rsidRPr="003D38AD" w:rsidRDefault="00717821" w:rsidP="00743E1A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42CB86BB" w14:textId="0DE4FB6F" w:rsidR="003D38AD" w:rsidRPr="003D38AD" w:rsidRDefault="00242F08" w:rsidP="00F34EE5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1512"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>49.</w:t>
       </w:r>
       <w:r w:rsidR="00743E1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareiginė alg</w:t>
@@ -10636,502 +10864,960 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24B4E606" w14:textId="3B3DD220" w:rsidR="00117986" w:rsidRDefault="00D56D46" w:rsidP="00990E82">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>II SKIRSNIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4A60F3" w14:textId="77777777" w:rsidR="00762452" w:rsidRDefault="00762452" w:rsidP="00762452">
+    <w:p w14:paraId="4B4A60F3" w14:textId="16D34DE2" w:rsidR="00762452" w:rsidRDefault="00762452" w:rsidP="00762452">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00762452">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>DARBUOTOJŲ VERTINIMAS. KINTAMOSIOS DALIES NUSTATYMAS</w:t>
+        <w:t xml:space="preserve">DARBUOTOJŲ </w:t>
+      </w:r>
+      <w:r w:rsidR="00964861">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VEIKLOS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762452">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>VERTINIMAS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03215D48" w14:textId="77777777" w:rsidR="00F34EE5" w:rsidRPr="00762452" w:rsidRDefault="00F34EE5" w:rsidP="00762452">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="219BB758" w14:textId="477EC2A6" w:rsidR="00762452" w:rsidRPr="00F61738" w:rsidRDefault="00762452" w:rsidP="00F34EE5">
+    <w:p w14:paraId="219BB758" w14:textId="70891190" w:rsidR="00762452" w:rsidRPr="00F61738" w:rsidRDefault="00762452" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F61738">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Progimnazijos direktoriaus pavaduotojams ugdymui, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ūkved</w:t>
       </w:r>
       <w:r w:rsidR="003B7AD6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>žiui</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61738">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidRPr="00DA2FD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio padėjėjams</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">mokytojo padėjėjams </w:t>
-[...6 lines deleted...]
-        <w:t>(nuo 2024-09-01 – mokinio padėjėjams</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61738">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialistams (A ir B lygio), kvalifikuotiems darbuotojams (C lygi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">), </w:t>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61738">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>specialistams (A ir B lygio), kvalifikuotiems darbuotojams (C lygi</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD55FB7" w14:textId="69F37706" w:rsidR="00762452" w:rsidRDefault="00762452" w:rsidP="00F34EE5">
+    <w:p w14:paraId="6DD55FB7" w14:textId="0AD00AE3" w:rsidR="00762452" w:rsidRDefault="00762452" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojų</w:t>
       </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiklos vertinimas atliekamas vadovaujantis Valstybės </w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarnautojų tarnybinės veiklos ir biudžetinių įstaigų darbuotojų veiklos vertinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprašo, patvirtinto Lietuvos Respublikos Vyriausybės 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">io </w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. nutarimu Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl Valstybės </w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarnautojų tarnybinės veiklos ir biudžetinių įstaigų darbuotojų veiklos vertinimo</w:t>
+      </w:r>
+      <w:r w:rsidR="00820627" w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprašo</w:t>
+      </w:r>
+      <w:r w:rsidR="00820627">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patvirtinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“, nustatyta tvarka.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007E1CC1">
-[...16 lines deleted...]
-    <w:p w14:paraId="2DC5EAE4" w14:textId="07250375" w:rsidR="00762452" w:rsidRPr="003F4841" w:rsidRDefault="00762452" w:rsidP="00F34EE5">
+    </w:p>
+    <w:p w14:paraId="42292EE3" w14:textId="6CB81F2F" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="00820627" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E1CC1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Pavaduotojų ugdymui</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009965E9">
+        <w:t>Direktoriaus p</w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t>avaduotojų ugdymui veiklos vertinimas atliekamas</w:t>
+      </w:r>
+      <w:r w:rsidR="00762452">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>veiklos vertinimas atliekamas</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> vadovaujantis</w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vadovaujantis</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t xml:space="preserve"> Lietuvos Respublikos švietimo, mokslo ir sporto</w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lietuvos Respublikos švietimo, mokslo ir sporto</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t>ministro </w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t>2021 m. sausio 11</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>d. </w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ministro </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t>įsakymo Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>2021 m. sausio 11d. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t> V-48 </w:t>
+      </w:r>
+      <w:r w:rsidR="00762452" w:rsidRPr="007E1CC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>įsakymo Nr.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="007E1CC1">
+        <w:t>redakcij</w:t>
+      </w:r>
+      <w:r w:rsidR="00762452">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>redakcij</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">os </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00762452">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„V</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE1189">
+      <w:r w:rsidR="00762452" w:rsidRPr="00BE1189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alstybinių ir savivaldybių švietimo įstaigų (išskyrus aukštąsias mokyklas) vadovų, jų pavaduotojų ugdymui, ugdymą organizuojančių skyrių vedėjų veiklos vertinimo nuostatai</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00762452">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">s. </w:t>
-[...61 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:t>s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8D933A" w14:textId="2397397C" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darbuotojų praėjusių metų veikla gali būti įvertinama: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F40287" w14:textId="2D11E8CF" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
-        <w:contextualSpacing w:val="0"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="en-GB"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>viršija lūkesčius – įvykdė visas užduotis ir bent 50 proc. vertinimo rodiklių viršijo, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami puikiai arba efektyviai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58FEF3E5" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atitinka lūkesčius – iš esmės įvykdė užduotis arba neįvykdė vienos užduoties pagal sutartus vertinimo rodiklius, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami efektyviai arba pakankamai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0A6F8E" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš dalies atitinka lūkesčius – įvykdė ne mažiau kaip 50 proc. užduočių pagal sutartus vertinimo rodiklius, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami efektyviai arba pakankamai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC539F6" w14:textId="188763C0" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neatitinka lūkesčių – be pateisinančių aplinkybių neįvykdė 50 proc. ar daugiau užduočių pagal sutartus vertinimo rodiklius, gebėjimai atlikti pareigybės aprašyme nustatytas funkcijas vertinami pakankamai arba silpnai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A43508A" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jei darbuotojo veikla įvertinama kaip atitinkanti lūkesčius, teisinė jo padėtis nesikeičia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ir darbuotojo vertinimas baigiamas, išskyrus atvejus, kai darbuotojas nesutinka su tiesioginio vadovo pateiktu veiklos vertinimu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0139C80A" w14:textId="22B87A94" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jei darbuotojo veikla įvertinama kaip viršijanti lūkesčius, tiesioginio vadovo rašytiniu motyvuotu pasiūlymu, darbuotoją į pareigas priimančio asmens sprendimu, gali būti taikomos šios priemonės:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BBDA23" w14:textId="072E2B19" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="1279AE76" w14:textId="77777777" w:rsidR="00762452" w:rsidRDefault="00762452" w:rsidP="00990E82">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1. darbuotojui gali būti didinamas pareiginės algos koeficientas, taikant ne mažiau kaip 0,06 didesnį pareiginės algos koeficientą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360F73F2" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. darbuotojui taikomos Aprašo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8 punkte numatytos skatinimo priemonės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AF555A" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jei darbuotojo veikla įvertinama kaip iš dalies atitinkanti lūkesčius, jo teisinė padėtis nesikeičia, tačiau darbuotojui nustatomas kvalifikacijos tobulinimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF38C9E" w14:textId="2B0B0AF0" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kai darbuotojo veikla įvertinama kaip neatitinkanti lūkesčių, tiesioginio vadovo rašytiniu motyvuotu pasiūlymu, progimnazijos direktoriaus sprendimu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4966930B" w14:textId="436BE24A" w:rsidR="003E6523" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1. darbuotojui nustatomas mažesnis pareiginės algos koeficientas; taikomas 0,06 mažesnis pareiginės algos koeficientas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427E20A0" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. sudaromas ne trumpesnis negu 2 mėnesių ir ne ilgesnis negu 6 mėnesių trukmės darbuotojo veiklos gerinimo planas. Jeigu pasibaigus darbuotojo veiklos gerinimo plano terminui, darbuotojo veikla neeilinio vertinimo metu įvertinama kaip neatitinkanti lūkesčių, darbuotojas gali būti atleidžiamas iš pareigų. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27091B94" w14:textId="77777777" w:rsidR="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Progimnazijos direktoriaus sprendimu gali būti vykdomas neeilinis darbuotojo veiklos vertinimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F17D539" w14:textId="2306DC5B" w:rsidR="006759D0" w:rsidRPr="003E6523" w:rsidRDefault="003E6523" w:rsidP="005D6A09">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E6523">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jei darbuotojas atliko 2-3 ar daugiau metinės veiklos užduotyse nenurodytų, bet progimnazijos rezultatams reikšmingų veiklų, vertinant veiklą skiriamas aukštesnis pagal aprašą įvertinimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E683E91" w14:textId="77777777" w:rsidR="006759D0" w:rsidRDefault="006759D0" w:rsidP="005D6A09">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6599EB22" w14:textId="252C10ED" w:rsidR="003B7AD6" w:rsidRPr="001A5586" w:rsidRDefault="003B7AD6" w:rsidP="00F34EE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -11424,50 +12110,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kontaktinių valandų skaičius mokytojo, dirbančio pagal bendrojo ugdymo ir neformaliojo </w:t>
       </w:r>
       <w:r w:rsidRPr="00D045CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>švietimo programas, pareigybei per mokslo metus nustatomas pagal ugdymo (mokymo) planuose numatytas valandas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398C2B7C" w14:textId="68C29A8C" w:rsidR="00D56D46" w:rsidRPr="00D045CC" w:rsidRDefault="00D56D46" w:rsidP="00F34EE5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
@@ -12105,51 +12792,50 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>bendradarbiavimo veiklose: stebėti ir aptarti ugdomąsias veiklas (pamokas), reflektuoti praktinę veiklą, dalintis patirtimi metodinėje grupėje, įsivertinti savo profesinę veiklą, atlikti kitų mokytojų profesinės veiklos analizę;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE24459" w14:textId="02B9A582" w:rsidR="007D7331" w:rsidRPr="001A5586" w:rsidRDefault="000A0200" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>58</w:t>
       </w:r>
       <w:r w:rsidR="005B5B3F" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.1.2. dalyvavimas neformaliojo suaugusiųjų švietimo veiklose: neformalaus švietimo programose, seminaruose, praktikumuose, paskaitose, konferencijose, trumpalaikėse ar ilgalaikėse stažuotėse, pr</w:t>
       </w:r>
       <w:r w:rsidR="007D7331" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ojektuose, edukacinėse išvykose;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C64F614" w14:textId="30CBE44F" w:rsidR="007D7331" w:rsidRPr="001A5586" w:rsidRDefault="000A0200" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
@@ -12665,50 +13351,51 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> bendruomenei sąrašas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0045220F" w14:textId="36131F08" w:rsidR="007D7331" w:rsidRPr="001A5586" w:rsidRDefault="00902759" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>58</w:t>
       </w:r>
       <w:r w:rsidR="005B5B3F" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">.3.1.1.bendradarbiavimo veiklos, skirtos </w:t>
       </w:r>
       <w:r w:rsidR="00222E0A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="005B5B3F" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> veiklai planuoti, tobulinti, pozityviam mokyklos mikroklimatui kurti, ugdym</w:t>
       </w:r>
       <w:r w:rsidR="004369E4">
@@ -13497,51 +14184,50 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482BE3F3" w14:textId="69B71ADB" w:rsidR="007D7331" w:rsidRPr="001A5586" w:rsidRDefault="009F11A1" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>58</w:t>
       </w:r>
       <w:r w:rsidR="005B5B3F" w:rsidRPr="001A5586">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.3.1.4. mokytojų praktinės veiklos ir / ar ugdymo proceso vertinimo veiklos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D4C6A7" w14:textId="3A250367" w:rsidR="004340B0" w:rsidRPr="001A5586" w:rsidRDefault="009F11A1" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14096,51 +14782,61 @@
       <w:r w:rsidR="000F6659">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00222E0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t>ir/ar pasikeitus teisės aktams, atitinkamai sistema peržiūrima ne rečiau kaip vieną kartą metuose arba pasikeitus teisės aktams.</w:t>
+        <w:t xml:space="preserve">ir/ar pasikeitus teisės aktams, atitinkamai sistema peržiūrima ne rečiau kaip vieną kartą </w:t>
+      </w:r>
+      <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>metuose arba pasikeitus teisės aktams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58841C20" w14:textId="7E4F7C24" w:rsidR="00F537D7" w:rsidRDefault="00DB0D87" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -14153,51 +14849,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Sistema patvirtinta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>atlikus informavimo ir konsultavimo procedūras su</w:t>
       </w:r>
       <w:r w:rsidR="00F537D7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Progimnazijos profesine sąjunga, laikantis lyčių lygybės ir nediskriminavimo kitais pagrindais principų.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDD1A13" w14:textId="55D64D93" w:rsidR="00F537D7" w:rsidRDefault="00F537D7" w:rsidP="00F34EE5">
+    <w:p w14:paraId="7BDD1A13" w14:textId="36865635" w:rsidR="00F537D7" w:rsidRDefault="00F537D7" w:rsidP="00F34EE5">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>61. Progimnazijos d</w:t>
       </w:r>
@@ -14205,50 +14901,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojai ir kiti atsakingi asmenys su šia sistema yra supažindinami </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>elektroniniu paštu</w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3237">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / ar dokumentų valdymo sistemoje „Kontora“</w:t>
       </w:r>
       <w:r w:rsidR="004340B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D38AD" w:rsidRPr="003D38AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">privalo laikytis joje nustatytų įpareigojimų bei atlikdami savo darbo funkcijas vadovautis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -14521,134 +15226,134 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A382B2" w14:textId="5106E936" w:rsidR="004011BF" w:rsidRPr="004011BF" w:rsidRDefault="004011BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          (data)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004011BF" w:rsidRPr="004011BF" w:rsidSect="004011BF">
+    <w:sectPr w:rsidR="004011BF" w:rsidRPr="004011BF" w:rsidSect="00E534DD">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1304" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DCF6B79" w14:textId="77777777" w:rsidR="00553773" w:rsidRDefault="00553773" w:rsidP="004340B0">
+    <w:p w14:paraId="41041F5F" w14:textId="77777777" w:rsidR="00C46BC1" w:rsidRDefault="00C46BC1" w:rsidP="004340B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="319926F7" w14:textId="77777777" w:rsidR="00553773" w:rsidRDefault="00553773" w:rsidP="004340B0">
+    <w:p w14:paraId="326B76D3" w14:textId="77777777" w:rsidR="00C46BC1" w:rsidRDefault="00C46BC1" w:rsidP="004340B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7004B4BE" w14:textId="77777777" w:rsidR="00553773" w:rsidRDefault="00553773" w:rsidP="004340B0">
+    <w:p w14:paraId="08520FC2" w14:textId="77777777" w:rsidR="00C46BC1" w:rsidRDefault="00C46BC1" w:rsidP="004340B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="565EF219" w14:textId="77777777" w:rsidR="00553773" w:rsidRDefault="00553773" w:rsidP="004340B0">
+    <w:p w14:paraId="7D44A17A" w14:textId="77777777" w:rsidR="00C46BC1" w:rsidRDefault="00C46BC1" w:rsidP="004340B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="487600601"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6D746F24" w14:textId="3C3E963F" w:rsidR="004340B0" w:rsidRDefault="004340B0">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
@@ -16463,347 +17168,391 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D38AD"/>
+    <w:rsid w:val="000008F5"/>
     <w:rsid w:val="00006D2F"/>
     <w:rsid w:val="00010F20"/>
     <w:rsid w:val="00032680"/>
     <w:rsid w:val="00032A7A"/>
     <w:rsid w:val="000348AC"/>
     <w:rsid w:val="00034B6A"/>
     <w:rsid w:val="00043940"/>
     <w:rsid w:val="00046BF2"/>
     <w:rsid w:val="000545E6"/>
     <w:rsid w:val="00056EAE"/>
     <w:rsid w:val="000630F5"/>
     <w:rsid w:val="00070129"/>
     <w:rsid w:val="00081E33"/>
     <w:rsid w:val="00083093"/>
     <w:rsid w:val="000845D0"/>
-    <w:rsid w:val="00090A24"/>
+    <w:rsid w:val="00093EAF"/>
     <w:rsid w:val="000A0200"/>
     <w:rsid w:val="000A35F5"/>
     <w:rsid w:val="000B279E"/>
     <w:rsid w:val="000E0979"/>
     <w:rsid w:val="000F63E3"/>
     <w:rsid w:val="000F6659"/>
     <w:rsid w:val="00110C5A"/>
     <w:rsid w:val="00117986"/>
     <w:rsid w:val="00121F7D"/>
     <w:rsid w:val="001221E4"/>
     <w:rsid w:val="00122EA2"/>
     <w:rsid w:val="00127933"/>
+    <w:rsid w:val="0014385C"/>
     <w:rsid w:val="00145482"/>
+    <w:rsid w:val="00145F9A"/>
     <w:rsid w:val="00150136"/>
     <w:rsid w:val="00152020"/>
     <w:rsid w:val="00165CDA"/>
     <w:rsid w:val="00172D5C"/>
     <w:rsid w:val="00196517"/>
     <w:rsid w:val="001A5586"/>
     <w:rsid w:val="001B2A43"/>
     <w:rsid w:val="001B4BD5"/>
     <w:rsid w:val="001C2AC6"/>
+    <w:rsid w:val="001C5102"/>
     <w:rsid w:val="001D20E5"/>
     <w:rsid w:val="001E2209"/>
     <w:rsid w:val="001E2DE5"/>
+    <w:rsid w:val="001F31C4"/>
     <w:rsid w:val="002011CF"/>
     <w:rsid w:val="00202EEF"/>
     <w:rsid w:val="00222E0A"/>
     <w:rsid w:val="0023636E"/>
     <w:rsid w:val="00240178"/>
     <w:rsid w:val="002429A8"/>
     <w:rsid w:val="00242F08"/>
+    <w:rsid w:val="002654CD"/>
+    <w:rsid w:val="00290005"/>
     <w:rsid w:val="00294A16"/>
     <w:rsid w:val="002A2F8E"/>
     <w:rsid w:val="002A5398"/>
     <w:rsid w:val="002B4668"/>
     <w:rsid w:val="002E347C"/>
     <w:rsid w:val="002F0A3B"/>
     <w:rsid w:val="002F7C6F"/>
     <w:rsid w:val="00313E0D"/>
     <w:rsid w:val="0031453F"/>
     <w:rsid w:val="00363224"/>
+    <w:rsid w:val="0037400C"/>
     <w:rsid w:val="00386864"/>
+    <w:rsid w:val="003970C1"/>
+    <w:rsid w:val="003A5F79"/>
     <w:rsid w:val="003B3335"/>
     <w:rsid w:val="003B3491"/>
     <w:rsid w:val="003B4250"/>
     <w:rsid w:val="003B7AD6"/>
     <w:rsid w:val="003C056E"/>
     <w:rsid w:val="003C4A53"/>
     <w:rsid w:val="003D12BA"/>
     <w:rsid w:val="003D38AD"/>
     <w:rsid w:val="003D4346"/>
+    <w:rsid w:val="003E6523"/>
     <w:rsid w:val="003E717F"/>
     <w:rsid w:val="003F6D51"/>
     <w:rsid w:val="00400F9B"/>
     <w:rsid w:val="004011BF"/>
-    <w:rsid w:val="00401953"/>
     <w:rsid w:val="00416E62"/>
     <w:rsid w:val="00426592"/>
+    <w:rsid w:val="00431C8A"/>
     <w:rsid w:val="00432F69"/>
     <w:rsid w:val="004340B0"/>
     <w:rsid w:val="004369E4"/>
     <w:rsid w:val="00437A6E"/>
     <w:rsid w:val="0044010B"/>
+    <w:rsid w:val="0045134B"/>
+    <w:rsid w:val="00452E3D"/>
     <w:rsid w:val="00455291"/>
     <w:rsid w:val="00456E8D"/>
     <w:rsid w:val="00460B8F"/>
     <w:rsid w:val="00461420"/>
     <w:rsid w:val="00473E9F"/>
     <w:rsid w:val="004867E6"/>
-    <w:rsid w:val="0049012F"/>
     <w:rsid w:val="00490972"/>
     <w:rsid w:val="004A1783"/>
     <w:rsid w:val="004A618B"/>
     <w:rsid w:val="004C327B"/>
+    <w:rsid w:val="004C5A63"/>
     <w:rsid w:val="004D2F3E"/>
     <w:rsid w:val="004D6585"/>
     <w:rsid w:val="004E173B"/>
     <w:rsid w:val="004E244C"/>
     <w:rsid w:val="004F0829"/>
+    <w:rsid w:val="004F1B38"/>
     <w:rsid w:val="005117EA"/>
     <w:rsid w:val="00516378"/>
     <w:rsid w:val="0052016F"/>
     <w:rsid w:val="00520FE9"/>
     <w:rsid w:val="00522473"/>
     <w:rsid w:val="00534838"/>
     <w:rsid w:val="0054708C"/>
     <w:rsid w:val="00547476"/>
     <w:rsid w:val="00550FA1"/>
-    <w:rsid w:val="00553773"/>
     <w:rsid w:val="00560A97"/>
+    <w:rsid w:val="005628F6"/>
     <w:rsid w:val="00580BB3"/>
     <w:rsid w:val="00583FDA"/>
     <w:rsid w:val="005A05A5"/>
+    <w:rsid w:val="005A6F69"/>
+    <w:rsid w:val="005B3237"/>
     <w:rsid w:val="005B5B3F"/>
+    <w:rsid w:val="005D6A09"/>
+    <w:rsid w:val="005E0836"/>
     <w:rsid w:val="005E5BF7"/>
     <w:rsid w:val="00600462"/>
     <w:rsid w:val="00624FC4"/>
     <w:rsid w:val="00630644"/>
     <w:rsid w:val="006351A4"/>
     <w:rsid w:val="00646578"/>
     <w:rsid w:val="0065203D"/>
     <w:rsid w:val="006524A9"/>
     <w:rsid w:val="00662144"/>
     <w:rsid w:val="006665A2"/>
     <w:rsid w:val="00671ED9"/>
+    <w:rsid w:val="006759D0"/>
+    <w:rsid w:val="00682196"/>
+    <w:rsid w:val="006825D3"/>
     <w:rsid w:val="006901E3"/>
+    <w:rsid w:val="0069520B"/>
     <w:rsid w:val="006A4C89"/>
+    <w:rsid w:val="006E6270"/>
     <w:rsid w:val="006F3FF6"/>
     <w:rsid w:val="006F6144"/>
     <w:rsid w:val="006F62DD"/>
     <w:rsid w:val="0070314B"/>
     <w:rsid w:val="00717821"/>
     <w:rsid w:val="00743E1A"/>
     <w:rsid w:val="007467A3"/>
     <w:rsid w:val="007614ED"/>
     <w:rsid w:val="00762452"/>
     <w:rsid w:val="007753ED"/>
     <w:rsid w:val="007972ED"/>
     <w:rsid w:val="007A02CE"/>
     <w:rsid w:val="007B1226"/>
     <w:rsid w:val="007B26E5"/>
     <w:rsid w:val="007C4781"/>
     <w:rsid w:val="007C566D"/>
     <w:rsid w:val="007C59CE"/>
     <w:rsid w:val="007D7331"/>
     <w:rsid w:val="0081563F"/>
     <w:rsid w:val="00816F65"/>
     <w:rsid w:val="00817158"/>
+    <w:rsid w:val="00820627"/>
     <w:rsid w:val="008221E6"/>
     <w:rsid w:val="00836224"/>
     <w:rsid w:val="00841EEC"/>
     <w:rsid w:val="008517E4"/>
     <w:rsid w:val="00865D11"/>
     <w:rsid w:val="0087114A"/>
+    <w:rsid w:val="00877306"/>
     <w:rsid w:val="0089433D"/>
     <w:rsid w:val="008965F5"/>
     <w:rsid w:val="008A1BD7"/>
     <w:rsid w:val="008B5502"/>
     <w:rsid w:val="008B70F9"/>
     <w:rsid w:val="008C50F2"/>
     <w:rsid w:val="008C6CDE"/>
     <w:rsid w:val="008D49CF"/>
-    <w:rsid w:val="008D657B"/>
+    <w:rsid w:val="008F1BE1"/>
+    <w:rsid w:val="008F358E"/>
     <w:rsid w:val="008F4764"/>
     <w:rsid w:val="008F6ADC"/>
+    <w:rsid w:val="009017F7"/>
     <w:rsid w:val="00902759"/>
     <w:rsid w:val="009170D6"/>
     <w:rsid w:val="00922ED3"/>
     <w:rsid w:val="00935BB4"/>
     <w:rsid w:val="0094169E"/>
     <w:rsid w:val="00942BF4"/>
     <w:rsid w:val="00945776"/>
     <w:rsid w:val="00950C77"/>
     <w:rsid w:val="00962D46"/>
-    <w:rsid w:val="009646A7"/>
+    <w:rsid w:val="00964861"/>
     <w:rsid w:val="00970B8E"/>
     <w:rsid w:val="0097505F"/>
     <w:rsid w:val="00990E82"/>
-    <w:rsid w:val="009965E9"/>
     <w:rsid w:val="00996A4D"/>
     <w:rsid w:val="009A4B67"/>
     <w:rsid w:val="009A5232"/>
     <w:rsid w:val="009C3DE9"/>
+    <w:rsid w:val="009D7293"/>
     <w:rsid w:val="009E6903"/>
     <w:rsid w:val="009F11A1"/>
     <w:rsid w:val="00A044BE"/>
     <w:rsid w:val="00A11D48"/>
     <w:rsid w:val="00A1675F"/>
     <w:rsid w:val="00A16E82"/>
     <w:rsid w:val="00A42512"/>
     <w:rsid w:val="00A45114"/>
     <w:rsid w:val="00A46FD8"/>
+    <w:rsid w:val="00A505D0"/>
     <w:rsid w:val="00A534E9"/>
+    <w:rsid w:val="00A65CE4"/>
     <w:rsid w:val="00A6602D"/>
     <w:rsid w:val="00A7132B"/>
     <w:rsid w:val="00A714E4"/>
     <w:rsid w:val="00A72005"/>
     <w:rsid w:val="00A8196E"/>
     <w:rsid w:val="00A83709"/>
     <w:rsid w:val="00A85CCF"/>
     <w:rsid w:val="00A90A71"/>
     <w:rsid w:val="00A96484"/>
     <w:rsid w:val="00AA0BD1"/>
     <w:rsid w:val="00AB0F0B"/>
     <w:rsid w:val="00AB226E"/>
     <w:rsid w:val="00AC1690"/>
     <w:rsid w:val="00AE6188"/>
     <w:rsid w:val="00B00AEF"/>
     <w:rsid w:val="00B017E2"/>
     <w:rsid w:val="00B11652"/>
+    <w:rsid w:val="00B144E8"/>
     <w:rsid w:val="00B21D99"/>
     <w:rsid w:val="00B23FCE"/>
     <w:rsid w:val="00B32B1C"/>
     <w:rsid w:val="00B425C5"/>
+    <w:rsid w:val="00B47393"/>
+    <w:rsid w:val="00B5599F"/>
     <w:rsid w:val="00B66323"/>
-    <w:rsid w:val="00B708F9"/>
     <w:rsid w:val="00B8177F"/>
     <w:rsid w:val="00B8429E"/>
     <w:rsid w:val="00B8522B"/>
     <w:rsid w:val="00B87C5A"/>
     <w:rsid w:val="00B90CF5"/>
     <w:rsid w:val="00B97054"/>
     <w:rsid w:val="00BA2287"/>
+    <w:rsid w:val="00BA4FF7"/>
     <w:rsid w:val="00BB0EC5"/>
     <w:rsid w:val="00BC48A3"/>
     <w:rsid w:val="00BC7FB0"/>
     <w:rsid w:val="00BC7FDB"/>
     <w:rsid w:val="00BD16C7"/>
+    <w:rsid w:val="00BE2C75"/>
     <w:rsid w:val="00BE749D"/>
     <w:rsid w:val="00C03F19"/>
     <w:rsid w:val="00C13AAA"/>
-    <w:rsid w:val="00C22C0B"/>
     <w:rsid w:val="00C2321D"/>
     <w:rsid w:val="00C24AAC"/>
     <w:rsid w:val="00C27AB8"/>
+    <w:rsid w:val="00C37D0D"/>
+    <w:rsid w:val="00C4583C"/>
+    <w:rsid w:val="00C46BC1"/>
+    <w:rsid w:val="00C6274F"/>
     <w:rsid w:val="00C63C7D"/>
     <w:rsid w:val="00C65AEF"/>
     <w:rsid w:val="00C666D2"/>
     <w:rsid w:val="00C707DB"/>
     <w:rsid w:val="00C83657"/>
     <w:rsid w:val="00CC1A96"/>
     <w:rsid w:val="00CC3D5C"/>
     <w:rsid w:val="00CD07E4"/>
     <w:rsid w:val="00CE0C4E"/>
     <w:rsid w:val="00CF61E8"/>
     <w:rsid w:val="00D045CC"/>
     <w:rsid w:val="00D167BA"/>
     <w:rsid w:val="00D30755"/>
     <w:rsid w:val="00D35CAC"/>
     <w:rsid w:val="00D46D28"/>
     <w:rsid w:val="00D54FBA"/>
     <w:rsid w:val="00D56D46"/>
     <w:rsid w:val="00D7063A"/>
     <w:rsid w:val="00D738D4"/>
     <w:rsid w:val="00D87E24"/>
     <w:rsid w:val="00D92CB1"/>
     <w:rsid w:val="00DA6AC8"/>
     <w:rsid w:val="00DB0D87"/>
     <w:rsid w:val="00DB243E"/>
     <w:rsid w:val="00DB2A6C"/>
-    <w:rsid w:val="00DC26C7"/>
     <w:rsid w:val="00DE7549"/>
-    <w:rsid w:val="00E02B85"/>
+    <w:rsid w:val="00DF3771"/>
+    <w:rsid w:val="00DF6BD1"/>
     <w:rsid w:val="00E116FC"/>
     <w:rsid w:val="00E21617"/>
     <w:rsid w:val="00E21DA2"/>
+    <w:rsid w:val="00E2518F"/>
     <w:rsid w:val="00E34357"/>
     <w:rsid w:val="00E36B0B"/>
+    <w:rsid w:val="00E36DAE"/>
     <w:rsid w:val="00E4037D"/>
     <w:rsid w:val="00E42387"/>
+    <w:rsid w:val="00E469D0"/>
+    <w:rsid w:val="00E534DD"/>
     <w:rsid w:val="00E5533E"/>
+    <w:rsid w:val="00E56E76"/>
     <w:rsid w:val="00E65C93"/>
     <w:rsid w:val="00E70479"/>
+    <w:rsid w:val="00E722FA"/>
     <w:rsid w:val="00E76DBC"/>
     <w:rsid w:val="00E8489E"/>
     <w:rsid w:val="00E85CCF"/>
+    <w:rsid w:val="00E90445"/>
     <w:rsid w:val="00E90FEA"/>
     <w:rsid w:val="00E91F38"/>
     <w:rsid w:val="00E972F5"/>
     <w:rsid w:val="00EA00E4"/>
     <w:rsid w:val="00EA0E4E"/>
     <w:rsid w:val="00EA3F18"/>
     <w:rsid w:val="00EA7BA5"/>
     <w:rsid w:val="00EB51B4"/>
     <w:rsid w:val="00ED371B"/>
     <w:rsid w:val="00ED4303"/>
+    <w:rsid w:val="00ED4A3A"/>
+    <w:rsid w:val="00ED5A72"/>
     <w:rsid w:val="00EE12B1"/>
     <w:rsid w:val="00EE12D2"/>
     <w:rsid w:val="00EE740B"/>
     <w:rsid w:val="00EF1C58"/>
     <w:rsid w:val="00EF376E"/>
     <w:rsid w:val="00EF408F"/>
     <w:rsid w:val="00EF5212"/>
     <w:rsid w:val="00F02F5A"/>
     <w:rsid w:val="00F17C61"/>
     <w:rsid w:val="00F30608"/>
     <w:rsid w:val="00F34EE5"/>
     <w:rsid w:val="00F418BE"/>
     <w:rsid w:val="00F537D7"/>
-    <w:rsid w:val="00F5532C"/>
     <w:rsid w:val="00F617A0"/>
     <w:rsid w:val="00F71934"/>
     <w:rsid w:val="00F872E3"/>
     <w:rsid w:val="00F93716"/>
     <w:rsid w:val="00F93C35"/>
     <w:rsid w:val="00F9633F"/>
     <w:rsid w:val="00FB0792"/>
     <w:rsid w:val="00FB2238"/>
     <w:rsid w:val="00FC4633"/>
     <w:rsid w:val="00FC7733"/>
     <w:rsid w:val="00FF782F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -17354,62 +18103,60 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004340B0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext2">
     <w:name w:val="Body text (2)_"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Bodytext20"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="000348AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext20">
     <w:name w:val="Body text (2)"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="Bodytext2"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="000348AC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="300" w:after="0" w:line="266" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Betarp">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="003B7AD6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
@@ -17711,71 +18458,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>11320</Characters>
+  <Pages>13</Pages>
+  <Words>21277</Words>
+  <Characters>12128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31115</CharactersWithSpaces>
+  <CharactersWithSpaces>33339</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eugenija</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>